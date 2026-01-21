--- v0 (2025-10-19)
+++ v1 (2026-01-21)
@@ -6,238 +6,238 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="EstaPastaDeTrabalho" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://petrobrasbr.sharepoint.com/teams/bdoc_20240306045002/Documentos Compartilhados/REFAP/LICENCIAMENTO AMBIENTAL/FEPAM/Divulgaçao SITE/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="53" documentId="8_{60E06FA1-B628-4001-B2F6-2B32CEA7AF63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1C8C4889-6AAA-4EE3-B824-1573CDA412D2}"/>
+  <xr:revisionPtr revIDLastSave="46" documentId="8_{FD1528DE-96ED-406E-8038-42F3E05DE28C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DBEF4EBF-7EC4-4FBA-8159-31E4DF35AD5D}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="601" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Emissões Atmosféricas" sheetId="10" r:id="rId1"/>
     <sheet name="Efluentes Liquidos" sheetId="11" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L12" i="10" l="1" a="1"/>
+  <c r="K22" i="10" l="1" a="1"/>
+  <c r="K33" i="10" a="1"/>
+  <c r="K11" i="10" a="1"/>
+  <c r="L31" i="10" a="1"/>
+  <c r="K16" i="10" a="1"/>
+  <c r="K30" i="10" a="1"/>
+  <c r="K32" i="10" a="1"/>
+  <c r="L22" i="10" a="1"/>
+  <c r="L10" i="10" a="1"/>
+  <c r="L34" i="10" a="1"/>
+  <c r="L28" i="10" a="1"/>
+  <c r="K25" i="10" a="1"/>
+  <c r="K8" i="10" a="1"/>
+  <c r="L20" i="10" a="1"/>
+  <c r="L27" i="10" a="1"/>
+  <c r="K34" i="10" a="1"/>
+  <c r="K15" i="10" a="1"/>
+  <c r="K17" i="10" a="1"/>
+  <c r="L14" i="10" a="1"/>
+  <c r="L30" i="10" a="1"/>
+  <c r="L19" i="10" a="1"/>
+  <c r="K9" i="10" a="1"/>
+  <c r="L8" i="10" a="1"/>
+  <c r="K10" i="10" a="1"/>
+  <c r="K29" i="10" a="1"/>
+  <c r="L37" i="10" a="1"/>
+  <c r="L15" i="10" a="1"/>
+  <c r="L33" i="10" a="1"/>
+  <c r="K20" i="10" a="1"/>
+  <c r="K27" i="10" a="1"/>
   <c r="K19" i="10" a="1"/>
+  <c r="K24" i="10" a="1"/>
+  <c r="K26" i="10" a="1"/>
+  <c r="K36" i="10" a="1"/>
+  <c r="L36" i="10" a="1"/>
+  <c r="L12" i="10" a="1"/>
+  <c r="L35" i="10" a="1"/>
+  <c r="L18" i="10" a="1"/>
+  <c r="L16" i="10" a="1"/>
+  <c r="L11" i="10" a="1"/>
+  <c r="K31" i="10" a="1"/>
+  <c r="K12" i="10" a="1"/>
+  <c r="L13" i="10" a="1"/>
+  <c r="L29" i="10" a="1"/>
   <c r="L9" i="10" a="1"/>
-  <c r="K31" i="10" a="1"/>
-[...2 lines deleted...]
-  <c r="L27" i="10" a="1"/>
+  <c r="K28" i="10" a="1"/>
+  <c r="L32" i="10" a="1"/>
   <c r="L21" i="10" a="1"/>
   <c r="K23" i="10" a="1"/>
   <c r="K18" i="10" a="1"/>
+  <c r="K21" i="10" a="1"/>
   <c r="K14" i="10" a="1"/>
-  <c r="K17" i="10" a="1"/>
-  <c r="K28" i="10" a="1"/>
+  <c r="K37" i="10" a="1"/>
+  <c r="L24" i="10" a="1"/>
+  <c r="L17" i="10" a="1"/>
+  <c r="K35" i="10" a="1"/>
+  <c r="L26" i="10" a="1"/>
   <c r="K13" i="10" a="1"/>
-  <c r="L34" i="10" a="1"/>
-[...24 lines deleted...]
-  <c r="K32" i="10" a="1"/>
   <c r="L23" i="10" a="1"/>
-  <c r="L17" i="10" a="1"/>
-  <c r="L29" i="10" a="1"/>
   <c r="L25" i="10" a="1"/>
-  <c r="L33" i="10" a="1"/>
-[...14 lines deleted...]
-  <c r="K27" i="10" a="1"/>
+  <c r="K7" i="10" a="1"/>
   <c r="L7" i="10" a="1"/>
-  <c r="K7" i="10" a="1"/>
-[...5 lines deleted...]
-  <c r="K24" i="10"/>
+  <c r="L30" i="10" l="1"/>
+  <c r="K16" i="10"/>
+  <c r="L23" i="10"/>
+  <c r="L18" i="10"/>
+  <c r="L19" i="10"/>
+  <c r="K17" i="10"/>
+  <c r="L22" i="10"/>
   <c r="K27" i="10"/>
+  <c r="L15" i="10"/>
+  <c r="L17" i="10"/>
+  <c r="L8" i="10"/>
+  <c r="L14" i="10"/>
   <c r="L31" i="10"/>
+  <c r="L11" i="10"/>
+  <c r="K12" i="10"/>
+  <c r="K7" i="10"/>
+  <c r="K8" i="10"/>
+  <c r="L33" i="10"/>
+  <c r="K32" i="10"/>
+  <c r="K11" i="10"/>
+  <c r="L13" i="10"/>
+  <c r="K35" i="10"/>
   <c r="K14" i="10"/>
-  <c r="L30" i="10"/>
-[...33 lines deleted...]
-  <c r="K19" i="10"/>
   <c r="K20" i="10"/>
   <c r="K15" i="10"/>
   <c r="K25" i="10"/>
+  <c r="K36" i="10"/>
+  <c r="K33" i="10"/>
+  <c r="K18" i="10"/>
+  <c r="L37" i="10"/>
+  <c r="K26" i="10"/>
+  <c r="K24" i="10"/>
+  <c r="K23" i="10"/>
+  <c r="K31" i="10"/>
+  <c r="L35" i="10"/>
+  <c r="K34" i="10"/>
   <c r="L16" i="10"/>
+  <c r="L21" i="10"/>
+  <c r="K29" i="10"/>
+  <c r="L9" i="10"/>
+  <c r="L34" i="10"/>
+  <c r="K13" i="10"/>
+  <c r="K19" i="10"/>
+  <c r="L24" i="10"/>
+  <c r="K30" i="10"/>
+  <c r="L32" i="10"/>
+  <c r="L27" i="10"/>
   <c r="L7" i="10"/>
-  <c r="L33" i="10"/>
-  <c r="K8" i="10"/>
+  <c r="K22" i="10"/>
   <c r="L29" i="10"/>
-  <c r="K17" i="10"/>
+  <c r="K21" i="10"/>
+  <c r="L20" i="10"/>
+  <c r="L10" i="10"/>
+  <c r="L25" i="10"/>
+  <c r="K10" i="10"/>
+  <c r="K9" i="10"/>
+  <c r="L36" i="10"/>
+  <c r="K37" i="10"/>
+  <c r="K28" i="10"/>
+  <c r="L12" i="10"/>
   <c r="L26" i="10"/>
-  <c r="L11" i="10"/>
-[...6 lines deleted...]
-  <c r="L23" i="10"/>
+  <c r="L28" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="109">
   <si>
     <t>PETROBRAS  REFAP</t>
   </si>
   <si>
     <t>EMISSÕES ATMOSFÉRICAS</t>
   </si>
   <si>
     <t>FONTE</t>
   </si>
   <si>
     <t>UCR F-650001A/B</t>
   </si>
   <si>
     <t>URFCC F-300006</t>
   </si>
   <si>
     <t>UHDT F-700001 -</t>
   </si>
   <si>
     <t>UGH II F-704001 -</t>
   </si>
   <si>
     <t>UHDT II F-710001 -</t>
   </si>
   <si>
@@ -403,50 +403,53 @@
 suspensos
 Totais</t>
   </si>
   <si>
     <t>NH3</t>
   </si>
   <si>
     <t>Sulfetos</t>
   </si>
   <si>
     <t>Fenóis</t>
   </si>
   <si>
     <t>Subst. Tensoat. que reagem
 ao azul de metileno</t>
   </si>
   <si>
     <t>Óleos e graxas
 minerais</t>
   </si>
   <si>
     <t>Óleos e graxas
 vegetais e animais</t>
   </si>
   <si>
+    <t>Sólidos Sedimentáveis</t>
+  </si>
+  <si>
     <t>Fósforo
 Total</t>
   </si>
   <si>
     <t>Coliformes
 Termotolerantes</t>
   </si>
   <si>
     <t>Mercúrio</t>
   </si>
   <si>
     <t>Cianetos</t>
   </si>
   <si>
     <t>Ferro</t>
   </si>
   <si>
     <t>Cobre</t>
   </si>
   <si>
     <t>Cromo
 Total</t>
   </si>
   <si>
     <t>Níquel</t>
@@ -491,50 +494,53 @@
     <t>&lt;=150 mg/L</t>
   </si>
   <si>
     <t>&lt;=40 mg/L</t>
   </si>
   <si>
     <t>&lt;= 50 mg/L</t>
   </si>
   <si>
     <t>&lt;= 20 mg/L</t>
   </si>
   <si>
     <t>&lt;= 0,1 mg/L</t>
   </si>
   <si>
     <t>&lt;=0,1 mg/L</t>
   </si>
   <si>
     <t>&lt;= 2 mg/L</t>
   </si>
   <si>
     <t>&lt;= 10 mg/L</t>
   </si>
   <si>
     <t>&lt;= 30 mg/L</t>
+  </si>
+  <si>
+    <t>&lt;= 1,0 ml/L</t>
   </si>
   <si>
     <t>&lt;=1 mg/L</t>
   </si>
   <si>
     <t>&lt;= 1000 NPM/100m/L</t>
   </si>
   <si>
     <t>&lt;= 0,008 mg/L</t>
   </si>
   <si>
     <t>&lt;=0,16 mg/L</t>
   </si>
   <si>
     <t>&lt;=10 mg/L</t>
   </si>
   <si>
     <t>&lt;= 0,4 mg/L</t>
   </si>
   <si>
     <t>&lt;= 1mg/L</t>
   </si>
   <si>
     <t>&lt;= 0,08 mg/L</t>
   </si>
@@ -551,105 +557,99 @@
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>g/L</t>
     </r>
   </si>
   <si>
     <r>
       <t>&lt;=0,84 m</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>g/L</t>
     </r>
   </si>
   <si>
+    <t>&lt;5,0</t>
+  </si>
+  <si>
+    <t>&lt;1</t>
+  </si>
+  <si>
+    <t>&lt;10</t>
+  </si>
+  <si>
     <t>&lt;0,00002</t>
   </si>
   <si>
-    <t>&lt;0,001</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;0,00008</t>
   </si>
   <si>
     <t>&lt;0,0005</t>
   </si>
   <si>
-    <t>&lt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;0,1</t>
   </si>
   <si>
     <t>&lt;0,0024</t>
   </si>
   <si>
+    <t>&lt;0,0002</t>
+  </si>
+  <si>
+    <t>&lt;0,002</t>
+  </si>
+  <si>
+    <t>&lt;0,0007</t>
+  </si>
+  <si>
     <t>COMENTÁRIOS:</t>
   </si>
   <si>
-    <t>Sólidos Sedimentáveis</t>
-[...11 lines deleted...]
-    <t>&lt;0,002</t>
+    <t>Nota 1</t>
   </si>
   <si>
     <t>Nota 1 - Analisador em manutenção</t>
   </si>
   <si>
-    <t>Nota 1</t>
-[...11 lines deleted...]
-    <t>&lt;0,005</t>
+    <t>MÊS/ANO: DEZEMBRO/2025</t>
+  </si>
+  <si>
+    <t>&lt;3</t>
+  </si>
+  <si>
+    <t>&lt;0,008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.00000"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,51 +789,51 @@
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="31">
+  <borders count="35">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
@@ -1197,57 +1197,107 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="40" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="95">
+  <cellXfs count="93">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1305,227 +1355,218 @@
     <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="20" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="20" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="20" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="20" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Planilha1" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
@@ -1805,52 +1846,52 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Planilha1"/>
   <dimension ref="A1:O54"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="N11" sqref="N11"/>
+    <sheetView topLeftCell="A12" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E17" sqref="E17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18.81640625" customWidth="1"/>
     <col min="2" max="2" width="19.54296875" style="1" customWidth="1"/>
     <col min="3" max="10" width="19.54296875" customWidth="1"/>
     <col min="11" max="12" width="19.54296875" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="19" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="14"/>
       <c r="E1" s="12"/>
       <c r="F1" s="14"/>
       <c r="G1" s="14"/>
       <c r="H1" s="14"/>
       <c r="I1" s="15"/>
       <c r="J1" s="15"/>
@@ -1860,58 +1901,58 @@
     <row r="2" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A2" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="17" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="17" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="89" t="s">
+      <c r="I2" s="65" t="s">
         <v>10</v>
       </c>
-      <c r="J2" s="90"/>
-      <c r="K2" s="89" t="s">
+      <c r="J2" s="66"/>
+      <c r="K2" s="65" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="91"/>
+      <c r="L2" s="67"/>
     </row>
     <row r="3" spans="1:12" hidden="1" x14ac:dyDescent="0.35">
       <c r="A3" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="20" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="21" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="22" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="22" t="s">
         <v>19</v>
@@ -2023,1319 +2064,1323 @@
       </c>
       <c r="F6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="26" t="s">
         <v>30</v>
       </c>
       <c r="K6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="L6" s="11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" s="30">
-        <v>45901</v>
+        <v>45992</v>
       </c>
       <c r="B7" s="31">
-        <v>91.368645833333332</v>
+        <v>98.619687499999998</v>
       </c>
       <c r="C7" s="31">
-        <v>81.372187499999995</v>
+        <v>128.91791666666666</v>
       </c>
       <c r="D7" s="31">
-        <v>106.42777777777778</v>
+        <v>129.48777777777778</v>
       </c>
       <c r="E7" s="31">
-        <v>42.28017361111111</v>
+        <v>45.954131944444441</v>
       </c>
       <c r="F7" s="31">
-        <v>67.208645833333335</v>
+        <v>71.283124999999998</v>
       </c>
       <c r="G7" s="31">
-        <v>69.984513888888884</v>
+        <v>53.546319444444443</v>
       </c>
       <c r="H7" s="31">
-        <v>59.345902777777781</v>
+        <v>55.22826388888889</v>
       </c>
       <c r="I7" s="31">
-        <v>74.195107252332903</v>
+        <v>58.36441875722673</v>
       </c>
       <c r="J7" s="31">
-        <v>30.581493055555555</v>
+        <v>49.648194444444442</v>
       </c>
       <c r="K7" s="31" cm="1">
         <f t="array" ref="K7">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A7,' Emissões Atmosféricas'!$A8,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>165.06170138888888</v>
       </c>
       <c r="L7" s="31" cm="1">
         <f t="array" ref="L7">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A7,' Emissões Atmosféricas'!$A8,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>218.0076736111111</v>
       </c>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A8" s="30">
-        <v>45902</v>
+        <v>45993</v>
       </c>
       <c r="B8" s="31">
-        <v>91.983333333333334</v>
+        <v>102.175625</v>
       </c>
       <c r="C8" s="31">
-        <v>80.706562500000004</v>
+        <v>123.35350694444445</v>
       </c>
       <c r="D8" s="31">
-        <v>107.40868055555555</v>
+        <v>115.57201388888889</v>
       </c>
       <c r="E8" s="31">
-        <v>37.770381944444445</v>
+        <v>51.213680555555555</v>
       </c>
       <c r="F8" s="31">
-        <v>71.126874999999998</v>
+        <v>75.554305555555558</v>
       </c>
       <c r="G8" s="31">
-        <v>69.648368055555551</v>
+        <v>54.4402662037037</v>
       </c>
       <c r="H8" s="31">
-        <v>61.908541666666665</v>
+        <v>65.220277777777781</v>
       </c>
       <c r="I8" s="31">
-        <v>78.176067837609182</v>
-[...2 lines deleted...]
-        <v>30.537430555555556</v>
+        <v>57.962385061317022</v>
+      </c>
+      <c r="J8" s="31" t="s">
+        <v>104</v>
       </c>
       <c r="K8" s="31" cm="1">
         <f t="array" ref="K8">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A8,' Emissões Atmosféricas'!$A9,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>10650.788645833334</v>
       </c>
       <c r="L8" s="31" cm="1">
         <f t="array" ref="L8">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A8,' Emissões Atmosféricas'!$A9,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>2964.8102083333333</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A9" s="30">
-        <v>45903</v>
+        <v>45994</v>
       </c>
       <c r="B9" s="31">
-        <v>90.514409722222226</v>
+        <v>98.165277777777774</v>
       </c>
       <c r="C9" s="31">
-        <v>107.27994212962963</v>
+        <v>123.83142361111111</v>
       </c>
       <c r="D9" s="31">
-        <v>97.087534722222216</v>
+        <v>131.65001157407409</v>
       </c>
       <c r="E9" s="31">
-        <v>36.238437500000003</v>
+        <v>49.578553240740739</v>
       </c>
       <c r="F9" s="31">
-        <v>66.008472222222224</v>
+        <v>73.087696759259259</v>
       </c>
       <c r="G9" s="31">
-        <v>67.791932870370374</v>
+        <v>55.821898148148151</v>
       </c>
       <c r="H9" s="31">
-        <v>58.300011574074077</v>
+        <v>62.231168981481481</v>
       </c>
       <c r="I9" s="31">
-        <v>76.581026215906491</v>
+        <v>56.742161435109601</v>
       </c>
       <c r="J9" s="31">
-        <v>32.050960648148148</v>
+        <v>50.560613425925929</v>
       </c>
       <c r="K9" s="31" cm="1">
         <f t="array" ref="K9">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A9,' Emissões Atmosféricas'!$A10,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>208.75385416666666</v>
       </c>
       <c r="L9" s="31" cm="1">
         <f t="array" ref="L9">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A9,' Emissões Atmosféricas'!$A10,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>265.87621527777776</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A10" s="30">
-        <v>45904</v>
+        <v>45995</v>
       </c>
       <c r="B10" s="31">
-        <v>87.939583333333331</v>
+        <v>102.13042824074074</v>
       </c>
       <c r="C10" s="31">
-        <v>110.47420138888889</v>
+        <v>116.90282407407408</v>
       </c>
       <c r="D10" s="31">
-        <v>106.50329861111111</v>
+        <v>138.67743055555556</v>
       </c>
       <c r="E10" s="31">
-        <v>35.595104166666665</v>
+        <v>50.219282407407405</v>
       </c>
       <c r="F10" s="31">
-        <v>60.057361111111113</v>
+        <v>66.610023148148144</v>
       </c>
       <c r="G10" s="31">
-        <v>68.36045138888889</v>
+        <v>55.701111111111111</v>
       </c>
       <c r="H10" s="31">
-        <v>53.798784722222223</v>
+        <v>59.01840277777778</v>
       </c>
       <c r="I10" s="31">
-        <v>74.504879194983729</v>
+        <v>55.811665652725431</v>
       </c>
       <c r="J10" s="31">
-        <v>42.837569444444448</v>
+        <v>52.242789351851854</v>
       </c>
       <c r="K10" s="31" cm="1">
         <f t="array" ref="K10">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A10,' Emissões Atmosféricas'!$A11,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>227.27340277777779</v>
       </c>
       <c r="L10" s="31" cm="1">
         <f t="array" ref="L10">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A10,' Emissões Atmosféricas'!$A11,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>1349.3152430555556</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A11" s="30">
-        <v>45905</v>
+        <v>45996</v>
       </c>
       <c r="B11" s="31">
-        <v>99.079444444444448</v>
+        <v>98.592280092592588</v>
       </c>
       <c r="C11" s="31">
-        <v>112.81865740740741</v>
+        <v>109.11156250000001</v>
       </c>
       <c r="D11" s="31">
-        <v>98.650057870370375</v>
+        <v>126.83697916666667</v>
       </c>
       <c r="E11" s="31">
-        <v>39.540277777777774</v>
+        <v>48.346770833333331</v>
       </c>
       <c r="F11" s="31">
-        <v>61.077118055555559</v>
+        <v>78.862453703703707</v>
       </c>
       <c r="G11" s="31">
-        <v>69.676979166666669</v>
+        <v>54.729490740740744</v>
       </c>
       <c r="H11" s="31">
-        <v>54.178333333333335</v>
+        <v>58.910868055555554</v>
       </c>
       <c r="I11" s="31">
-        <v>68.792129851005697</v>
+        <v>58.986031408177482</v>
       </c>
       <c r="J11" s="31">
-        <v>65.924456018518512</v>
+        <v>57.583287037037039</v>
       </c>
       <c r="K11" s="31" cm="1">
         <f t="array" ref="K11">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A11,' Emissões Atmosféricas'!$A12,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>340.06479166666668</v>
       </c>
       <c r="L11" s="31" cm="1">
         <f t="array" ref="L11">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A11,' Emissões Atmosféricas'!$A12,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A12" s="30">
-        <v>45906</v>
+        <v>45997</v>
       </c>
       <c r="B12" s="31">
-        <v>100.56194444444445</v>
+        <v>98.45306712962963</v>
       </c>
       <c r="C12" s="31">
-        <v>105.53133101851851</v>
+        <v>112.65130787037037</v>
       </c>
       <c r="D12" s="31">
-        <v>99.516493055555557</v>
+        <v>124.84959490740741</v>
       </c>
       <c r="E12" s="31">
-        <v>39.353958333333331</v>
+        <v>49.214791666666663</v>
       </c>
       <c r="F12" s="31">
-        <v>61.128506944444446</v>
+        <v>78.360960648148151</v>
       </c>
       <c r="G12" s="31">
-        <v>70.222916666666663</v>
+        <v>52.829490740740738</v>
       </c>
       <c r="H12" s="31">
-        <v>56.584027777777777</v>
+        <v>60.481377314814814</v>
       </c>
       <c r="I12" s="31">
-        <v>69.661177818157057</v>
+        <v>60.642504094000216</v>
       </c>
       <c r="J12" s="31">
-        <v>62.935451388888886</v>
+        <v>53.113969907407409</v>
       </c>
       <c r="K12" s="31" cm="1">
         <f t="array" ref="K12">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A12,' Emissões Atmosféricas'!$A13,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L12" s="31" cm="1">
         <f t="array" ref="L12">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A12,' Emissões Atmosféricas'!$A13,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A13" s="30">
-        <v>45907</v>
+        <v>45998</v>
       </c>
       <c r="B13" s="31">
-        <v>96.083993055555553</v>
+        <v>102.48055555555555</v>
       </c>
       <c r="C13" s="31">
-        <v>101.49590277777777</v>
+        <v>112.46817129629629</v>
       </c>
       <c r="D13" s="31">
-        <v>100.36311342592593</v>
+        <v>128.8933449074074</v>
       </c>
       <c r="E13" s="31">
-        <v>38.624548611111109</v>
+        <v>52.069768518518515</v>
       </c>
       <c r="F13" s="31">
-        <v>59.77590277777778</v>
+        <v>89.352291666666673</v>
       </c>
       <c r="G13" s="31">
-        <v>69.481979166666662</v>
+        <v>48.969444444444441</v>
       </c>
       <c r="H13" s="31">
-        <v>55.681481481481484</v>
+        <v>61.966782407407408</v>
       </c>
       <c r="I13" s="31">
-        <v>67.189060633094229</v>
+        <v>62.668841461782101</v>
       </c>
       <c r="J13" s="31">
-        <v>61.568819444444443</v>
+        <v>52.870995370370373</v>
       </c>
       <c r="K13" s="31" cm="1">
         <f t="array" ref="K13">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A13,' Emissões Atmosféricas'!$A14,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L13" s="31" cm="1">
         <f t="array" ref="L13">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A13,' Emissões Atmosféricas'!$A14,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A14" s="30">
-        <v>45908</v>
+        <v>45999</v>
       </c>
       <c r="B14" s="31">
-        <v>93.283368055555556</v>
+        <v>100.47152777777778</v>
       </c>
       <c r="C14" s="31">
-        <v>97.757916666666674</v>
+        <v>109.72859953703704</v>
       </c>
       <c r="D14" s="31">
-        <v>110.00756944444444</v>
+        <v>127.04856481481481</v>
       </c>
       <c r="E14" s="31">
-        <v>35.814097222222223</v>
+        <v>49.952083333333334</v>
       </c>
       <c r="F14" s="31">
-        <v>58.338680555555555</v>
+        <v>73.94640046296297</v>
       </c>
       <c r="G14" s="31">
-        <v>189.64236111111111</v>
+        <v>48.709108796296299</v>
       </c>
       <c r="H14" s="31">
-        <v>56.213194444444447</v>
+        <v>58.211226851851855</v>
       </c>
       <c r="I14" s="31">
-        <v>70.465666760162065</v>
+        <v>62.922752746652677</v>
       </c>
       <c r="J14" s="31">
-        <v>63.58121527777778</v>
+        <v>53.330925925925925</v>
       </c>
       <c r="K14" s="31" cm="1">
         <f t="array" ref="K14">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A14,' Emissões Atmosféricas'!$A15,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L14" s="31" cm="1">
         <f t="array" ref="L14">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A14,' Emissões Atmosféricas'!$A15,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A15" s="30">
-        <v>45909</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>46000</v>
+      </c>
+      <c r="B15" s="31">
+        <v>96.185821759259255</v>
       </c>
       <c r="C15" s="31">
-        <v>91.843981481481478</v>
+        <v>106.35416666666667</v>
       </c>
       <c r="D15" s="31">
-        <v>102.00528935185186</v>
+        <v>126.51902777777778</v>
       </c>
       <c r="E15" s="31">
-        <v>43.715451388888887</v>
+        <v>46.058738425925924</v>
       </c>
       <c r="F15" s="31">
-        <v>57.776597222222222</v>
+        <v>67.385416666666671</v>
       </c>
       <c r="G15" s="31">
-        <v>72.102939814814818</v>
+        <v>48.256006944444444</v>
       </c>
       <c r="H15" s="31">
-        <v>42.906423611111109</v>
+        <v>43.861886574074077</v>
       </c>
       <c r="I15" s="31">
-        <v>74.479140527380835</v>
+        <v>67.656864320790319</v>
       </c>
       <c r="J15" s="31">
-        <v>184.0179861111111</v>
+        <v>70.217592592592595</v>
       </c>
       <c r="K15" s="31" cm="1">
         <f t="array" ref="K15">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A15,' Emissões Atmosféricas'!$A16,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L15" s="31" cm="1">
         <f t="array" ref="L15">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A15,' Emissões Atmosféricas'!$A16,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A16" s="30">
-        <v>45910</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>46001</v>
+      </c>
+      <c r="B16" s="31">
+        <v>95.758287037037036</v>
       </c>
       <c r="C16" s="31">
-        <v>63.616736111111109</v>
+        <v>106.55371527777778</v>
       </c>
       <c r="D16" s="31">
-        <v>109.97100694444444</v>
+        <v>122.53694444444444</v>
       </c>
       <c r="E16" s="31">
-        <v>44.710659722222225</v>
+        <v>45.086678240740738</v>
       </c>
       <c r="F16" s="31">
-        <v>59.151631944444446</v>
+        <v>67.560115740740741</v>
       </c>
       <c r="G16" s="31">
-        <v>73.229861111111106</v>
+        <v>49.279849537037038</v>
       </c>
       <c r="H16" s="31">
-        <v>38.263333333333335</v>
+        <v>42.915520833333332</v>
       </c>
       <c r="I16" s="31">
-        <v>74.074012129748311</v>
+        <v>70.573913517969629</v>
       </c>
       <c r="J16" s="31">
-        <v>36.240763888888885</v>
+        <v>40.371041666666663</v>
       </c>
       <c r="K16" s="31" cm="1">
         <f t="array" ref="K16">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A16,' Emissões Atmosféricas'!$A17,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L16" s="31" cm="1">
         <f t="array" ref="L16">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A16,' Emissões Atmosféricas'!$A17,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A17" s="30">
-        <v>45911</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>46002</v>
+      </c>
+      <c r="B17" s="31">
+        <v>93.664259259259254</v>
       </c>
       <c r="C17" s="31">
-        <v>80.106180555555554</v>
+        <v>119.16315972222222</v>
       </c>
       <c r="D17" s="31">
-        <v>95.272673611111117</v>
+        <v>129.3217013888889</v>
       </c>
       <c r="E17" s="31">
-        <v>42.282499999999999</v>
+        <v>46.461770833333333</v>
       </c>
       <c r="F17" s="31">
-        <v>58.466909722222219</v>
+        <v>72.147395833333334</v>
       </c>
       <c r="G17" s="31">
-        <v>72.398136574074073</v>
+        <v>51.274363425925927</v>
       </c>
       <c r="H17" s="31">
-        <v>33.060138888888886</v>
+        <v>49.256782407407407</v>
       </c>
       <c r="I17" s="31">
-        <v>73.83656710183179</v>
+        <v>66.056835839130258</v>
       </c>
       <c r="J17" s="31">
-        <v>33.260381944444447</v>
+        <v>39.827372685185182</v>
       </c>
       <c r="K17" s="31" cm="1">
         <f t="array" ref="K17">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A17,' Emissões Atmosféricas'!$A18,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="L17" s="31" cm="1">
         <f t="array" ref="L17">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A17,' Emissões Atmosféricas'!$A18,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A18" s="30">
-        <v>45912</v>
+        <v>46003</v>
       </c>
       <c r="B18" s="31">
-        <v>133.37746527777779</v>
+        <v>94.084062500000002</v>
       </c>
       <c r="C18" s="31">
-        <v>84.91180555555556</v>
+        <v>119.00037037037038</v>
       </c>
       <c r="D18" s="31">
-        <v>107.75666666666666</v>
+        <v>130.96697916666668</v>
       </c>
       <c r="E18" s="31">
-        <v>33.860902777777781</v>
+        <v>51.227164351851854</v>
       </c>
       <c r="F18" s="31">
-        <v>66.668437499999996</v>
+        <v>64.74444444444444</v>
       </c>
       <c r="G18" s="31">
-        <v>72.831944444444446</v>
+        <v>51.324861111111112</v>
       </c>
       <c r="H18" s="31">
-        <v>43.532083333333333</v>
+        <v>55.108321759259262</v>
       </c>
       <c r="I18" s="31">
-        <v>71.425273970144772</v>
+        <v>62.629225217413023</v>
       </c>
       <c r="J18" s="31">
-        <v>33.471284722222222</v>
+        <v>39.332800925925923</v>
       </c>
       <c r="K18" s="31" cm="1">
         <f t="array" ref="K18">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A18,' Emissões Atmosféricas'!$A19,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>406.73181712962963</v>
       </c>
       <c r="L18" s="31" cm="1">
         <f t="array" ref="L18">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A18,' Emissões Atmosféricas'!$A19,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>57.425694444444446</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A19" s="30">
-        <v>45913</v>
+        <v>46004</v>
       </c>
       <c r="B19" s="31">
-        <v>136.77850694444444</v>
+        <v>111.12859953703703</v>
       </c>
       <c r="C19" s="31">
-        <v>84.13451388888889</v>
+        <v>120.41057870370371</v>
       </c>
       <c r="D19" s="31">
-        <v>103.59836805555555</v>
+        <v>132.91359953703704</v>
       </c>
       <c r="E19" s="31">
-        <v>32.595173611111115</v>
+        <v>52.240196759259263</v>
       </c>
       <c r="F19" s="31">
-        <v>65.622256944444445</v>
+        <v>77.376030092592586</v>
       </c>
       <c r="G19" s="31">
-        <v>71.675034722222222</v>
+        <v>49.318541666666668</v>
       </c>
       <c r="H19" s="31">
-        <v>46.84822916666667</v>
+        <v>52.058819444444445</v>
       </c>
       <c r="I19" s="31">
-        <v>70.158391904301112</v>
+        <v>63.331935862700142</v>
       </c>
       <c r="J19" s="31">
-        <v>33.481840277777778</v>
+        <v>39.801550925925923</v>
       </c>
       <c r="K19" s="31" cm="1">
         <f t="array" ref="K19">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A19,' Emissões Atmosféricas'!$A20,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>92.843125000000001</v>
       </c>
       <c r="L19" s="31" cm="1">
         <f t="array" ref="L19">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A19,' Emissões Atmosféricas'!$A20,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A20" s="30">
-        <v>45914</v>
+        <v>46005</v>
       </c>
       <c r="B20" s="31">
-        <v>126.03694444444444</v>
+        <v>102.64893518518518</v>
       </c>
       <c r="C20" s="31">
-        <v>85.095833333333331</v>
+        <v>119.34844907407407</v>
       </c>
       <c r="D20" s="31">
-        <v>97.821840277777781</v>
+        <v>129.94203703703704</v>
       </c>
       <c r="E20" s="31">
-        <v>32.207152777777779</v>
+        <v>50.711516203703702</v>
       </c>
       <c r="F20" s="31">
-        <v>65.010625000000005</v>
+        <v>83.394687500000003</v>
       </c>
       <c r="G20" s="31">
-        <v>71.57083333333334</v>
+        <v>48.167199074074077</v>
       </c>
       <c r="H20" s="31">
-        <v>58.700243055555553</v>
+        <v>53.719560185185188</v>
       </c>
       <c r="I20" s="31">
-        <v>69.834907586044736</v>
+        <v>64.284668210700701</v>
       </c>
       <c r="J20" s="31">
-        <v>34.335694444444442</v>
+        <v>40.593402777777776</v>
       </c>
       <c r="K20" s="31" cm="1">
         <f t="array" ref="K20">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A20,' Emissões Atmosféricas'!$A21,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>108.84766203703704</v>
       </c>
       <c r="L20" s="31" cm="1">
         <f t="array" ref="L20">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A20,' Emissões Atmosféricas'!$A21,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>3.8408101851851852</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A21" s="30">
-        <v>45915</v>
+        <v>46006</v>
       </c>
       <c r="B21" s="31">
-        <v>120.89076388888888</v>
+        <v>99.718055555555551</v>
       </c>
       <c r="C21" s="31">
-        <v>76.616249999999994</v>
+        <v>118.79019675925926</v>
       </c>
       <c r="D21" s="31">
-        <v>103.99700231481482</v>
+        <v>129.54846064814814</v>
       </c>
       <c r="E21" s="31">
-        <v>29.450277777777778</v>
+        <v>47.858171296296298</v>
       </c>
       <c r="F21" s="31">
-        <v>63.16878472222222</v>
+        <v>67.496643518518525</v>
       </c>
       <c r="G21" s="31">
-        <v>69.78006944444445</v>
+        <v>47.779780092592596</v>
       </c>
       <c r="H21" s="31">
-        <v>55.664131944444442</v>
+        <v>56.909224537037034</v>
       </c>
       <c r="I21" s="31">
-        <v>65.150303077388699</v>
+        <v>65.07362248703285</v>
       </c>
       <c r="J21" s="31">
-        <v>35.298333333333332</v>
+        <v>34.25277777777778</v>
       </c>
       <c r="K21" s="31" cm="1">
         <f t="array" ref="K21">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A21,' Emissões Atmosféricas'!$A22,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>939.29873842592588</v>
       </c>
       <c r="L21" s="31" cm="1">
         <f t="array" ref="L21">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A21,' Emissões Atmosféricas'!$A22,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>22.822812500000001</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A22" s="30">
-        <v>45916</v>
+        <v>46007</v>
       </c>
       <c r="B22" s="31">
-        <v>119.8203125</v>
+        <v>94.663761574074073</v>
       </c>
       <c r="C22" s="31">
-        <v>80.968263888888885</v>
+        <v>127.98423611111112</v>
       </c>
       <c r="D22" s="31">
-        <v>85.75055555555555</v>
+        <v>137.80576388888889</v>
       </c>
       <c r="E22" s="31">
-        <v>36.934606481481481</v>
+        <v>45.717233796296298</v>
       </c>
       <c r="F22" s="31">
-        <v>76.455416666666665</v>
+        <v>67.165115740740745</v>
       </c>
       <c r="G22" s="31">
-        <v>69.882673611111116</v>
+        <v>50.026226851851852</v>
       </c>
       <c r="H22" s="31">
-        <v>51.013784722222219</v>
+        <v>49.740520833333335</v>
       </c>
       <c r="I22" s="31">
-        <v>60.338417452176415</v>
+        <v>64.388085059501506</v>
       </c>
       <c r="J22" s="31">
-        <v>35.235243055555557</v>
+        <v>29.82210648148148</v>
       </c>
       <c r="K22" s="31" cm="1">
         <f t="array" ref="K22">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A22,' Emissões Atmosféricas'!$A23,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>361.24237268518516</v>
       </c>
       <c r="L22" s="31" cm="1">
         <f t="array" ref="L22">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A22,' Emissões Atmosféricas'!$A23,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>23.692812499999999</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A23" s="30">
-        <v>45917</v>
+        <v>46008</v>
       </c>
       <c r="B23" s="31">
-        <v>107.85184027777778</v>
+        <v>93.653391203703706</v>
       </c>
       <c r="C23" s="31">
-        <v>82.993437499999999</v>
+        <v>126.59468750000001</v>
       </c>
       <c r="D23" s="31">
-        <v>86.721319444444447</v>
+        <v>142.54641203703704</v>
       </c>
       <c r="E23" s="31">
-        <v>36.293854166666669</v>
+        <v>45.094120370370369</v>
       </c>
       <c r="F23" s="31">
-        <v>70.705833333333331</v>
+        <v>67.473159722222221</v>
       </c>
       <c r="G23" s="31">
-        <v>69.628194444444446</v>
+        <v>50.873622685185182</v>
       </c>
       <c r="H23" s="31">
-        <v>49.227013888888891</v>
+        <v>50.339108796296294</v>
       </c>
       <c r="I23" s="31">
-        <v>68.512910209982479</v>
+        <v>64.357057818615871</v>
       </c>
       <c r="J23" s="31">
-        <v>34.280798611111109</v>
+        <v>32.936967592592595</v>
       </c>
       <c r="K23" s="31" cm="1">
         <f t="array" ref="K23">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A23,' Emissões Atmosféricas'!$A24,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>29.09539351851852</v>
       </c>
       <c r="L23" s="31" cm="1">
         <f t="array" ref="L23">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A23,' Emissões Atmosféricas'!$A24,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>32.468344907407406</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A24" s="30">
-        <v>45918</v>
+        <v>46009</v>
       </c>
       <c r="B24" s="31">
-        <v>105.67413194444444</v>
+        <v>94.385034722222215</v>
       </c>
       <c r="C24" s="31">
-        <v>82.201666666666668</v>
+        <v>124.33472222222223</v>
       </c>
       <c r="D24" s="31">
-        <v>89.622638888888886</v>
+        <v>142.67284722222223</v>
       </c>
       <c r="E24" s="31">
-        <v>34.770833333333336</v>
+        <v>47.220671296296295</v>
       </c>
       <c r="F24" s="31">
-        <v>68.714166666666671</v>
+        <v>74.869201388888882</v>
       </c>
       <c r="G24" s="31">
-        <v>70.131979166666667</v>
+        <v>51.09097222222222</v>
       </c>
       <c r="H24" s="31">
-        <v>50.118900462962962</v>
+        <v>54.748900462962965</v>
       </c>
       <c r="I24" s="31">
-        <v>69.587607168886393</v>
+        <v>65.256280280572398</v>
       </c>
       <c r="J24" s="31">
-        <v>32.36440972222222</v>
+        <v>36.599594907407408</v>
       </c>
       <c r="K24" s="31" cm="1">
         <f t="array" ref="K24">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A24,' Emissões Atmosféricas'!$A25,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
       <c r="L24" s="31" cm="1">
         <f t="array" ref="L24">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A24,' Emissões Atmosféricas'!$A25,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>29.231226851851851</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A25" s="30">
-        <v>45919</v>
+        <v>46010</v>
       </c>
       <c r="B25" s="31">
-        <v>107.78753472222222</v>
+        <v>99.314664351851846</v>
       </c>
       <c r="C25" s="31">
-        <v>84.088472222222222</v>
+        <v>123.64844907407408</v>
       </c>
       <c r="D25" s="31">
-        <v>93.775763888888889</v>
+        <v>143.22282407407408</v>
       </c>
       <c r="E25" s="31">
-        <v>34.334201388888886</v>
+        <v>50.001840277777781</v>
       </c>
       <c r="F25" s="31">
-        <v>63.923194444444448</v>
+        <v>72.213356481481483</v>
       </c>
       <c r="G25" s="31">
-        <v>70.048159722222223</v>
+        <v>51.354780092592591</v>
       </c>
       <c r="H25" s="31">
-        <v>53.248090277777777</v>
+        <v>58.198842592592591</v>
       </c>
       <c r="I25" s="31">
-        <v>68.276656575997677</v>
+        <v>70.139656198996079</v>
       </c>
       <c r="J25" s="31">
-        <v>32.82920138888889</v>
+        <v>40.288483796296298</v>
       </c>
       <c r="K25" s="31" cm="1">
         <f t="array" ref="K25">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A25,' Emissões Atmosféricas'!$A26,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>736.62222222222226</v>
       </c>
       <c r="L25" s="31" cm="1">
         <f t="array" ref="L25">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A25,' Emissões Atmosféricas'!$A26,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>13.965300925925925</v>
       </c>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A26" s="30">
-        <v>45920</v>
+        <v>46011</v>
       </c>
       <c r="B26" s="31">
-        <v>116.36371527777777</v>
+        <v>100.22782407407408</v>
       </c>
       <c r="C26" s="31">
-        <v>80.540312499999999</v>
+        <v>124.19248842592593</v>
       </c>
       <c r="D26" s="31">
-        <v>90.884965277777781</v>
+        <v>132.9275462962963</v>
       </c>
       <c r="E26" s="31">
-        <v>34.503506944444446</v>
+        <v>49.838055555555556</v>
       </c>
       <c r="F26" s="31">
-        <v>58.517152777777781</v>
+        <v>66.544074074074075</v>
       </c>
       <c r="G26" s="31">
-        <v>68.659930555555562</v>
+        <v>48.896076388888886</v>
       </c>
       <c r="H26" s="31">
-        <v>51.188124999999999</v>
+        <v>51.942523148148148</v>
       </c>
       <c r="I26" s="31">
-        <v>60.92505794820962</v>
+        <v>70.89292414762356</v>
       </c>
       <c r="J26" s="31">
-        <v>32.176805555555553</v>
+        <v>39.049016203703701</v>
       </c>
       <c r="K26" s="31" cm="1">
         <f t="array" ref="K26">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A26,' Emissões Atmosféricas'!$A27,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>995.14971064814813</v>
       </c>
       <c r="L26" s="31" cm="1">
         <f t="array" ref="L26">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A26,' Emissões Atmosféricas'!$A27,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>0.45833333333333331</v>
       </c>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A27" s="30">
-        <v>45921</v>
+        <v>46012</v>
       </c>
       <c r="B27" s="31">
-        <v>106.95621527777777</v>
+        <v>96.82818287037037</v>
       </c>
       <c r="C27" s="31">
-        <v>90.372025462962966</v>
+        <v>124.26996527777777</v>
       </c>
       <c r="D27" s="31">
-        <v>91.736840277777773</v>
+        <v>133.32329861111111</v>
       </c>
       <c r="E27" s="31">
-        <v>36.302534722222219</v>
+        <v>51.066504629629627</v>
       </c>
       <c r="F27" s="31">
-        <v>59.452986111111109</v>
+        <v>84.636053240740736</v>
       </c>
       <c r="G27" s="31">
-        <v>69.494166666666672</v>
+        <v>47.527939814814815</v>
       </c>
       <c r="H27" s="31">
-        <v>55.895069444444445</v>
+        <v>50.873379629629632</v>
       </c>
       <c r="I27" s="31">
-        <v>58.119646541807384</v>
+        <v>69.297842552132082</v>
       </c>
       <c r="J27" s="31">
-        <v>32.328819444444441</v>
+        <v>39.671956018518522</v>
       </c>
       <c r="K27" s="31" cm="1">
         <f t="array" ref="K27">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A27,' Emissões Atmosféricas'!$A28,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>1279.7718634259259</v>
       </c>
       <c r="L27" s="31" cm="1">
         <f t="array" ref="L27">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A27,' Emissões Atmosféricas'!$A28,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A28" s="30">
-        <v>45922</v>
+        <v>46013</v>
       </c>
       <c r="B28" s="31">
-        <v>105.17809027777778</v>
+        <v>95.271400462962958</v>
       </c>
       <c r="C28" s="31">
-        <v>87.842013888888886</v>
+        <v>121.83087962962964</v>
       </c>
       <c r="D28" s="31">
-        <v>62.384479166666665</v>
-[...2 lines deleted...]
-        <v>36.911736111111111</v>
+        <v>130.40482638888889</v>
+      </c>
+      <c r="E28" s="31" t="s">
+        <v>104</v>
       </c>
       <c r="F28" s="31">
-        <v>59.833090277777778</v>
+        <v>116.04238425925926</v>
       </c>
       <c r="G28" s="31">
-        <v>71.631249999999994</v>
+        <v>43.700648148148147</v>
       </c>
       <c r="H28" s="31">
-        <v>56.377361111111114</v>
+        <v>48.327569444444443</v>
       </c>
       <c r="I28" s="31">
-        <v>54.481681341374362</v>
+        <v>70.527693195607924</v>
       </c>
       <c r="J28" s="31">
-        <v>32.92659722222222</v>
+        <v>44.261921296296293</v>
       </c>
       <c r="K28" s="31" cm="1">
         <f t="array" ref="K28">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A28,' Emissões Atmosféricas'!$A29,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>1085.6992708333332</v>
       </c>
       <c r="L28" s="31" cm="1">
         <f t="array" ref="L28">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A28,' Emissões Atmosféricas'!$A29,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>0.15277777777777779</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A29" s="30">
-        <v>45923</v>
+        <v>46014</v>
       </c>
       <c r="B29" s="31">
-        <v>108.28027777777778</v>
+        <v>83.874305555555551</v>
       </c>
       <c r="C29" s="31">
-        <v>85.186840277777776</v>
+        <v>118.57491898148149</v>
       </c>
       <c r="D29" s="31">
-        <v>36.152500000000003</v>
-[...2 lines deleted...]
-        <v>42.90763888888889</v>
+        <v>107.71160879629629</v>
+      </c>
+      <c r="E29" s="31" t="s">
+        <v>104</v>
       </c>
       <c r="F29" s="31">
-        <v>64.882430555555558</v>
+        <v>78.467685185185189</v>
       </c>
       <c r="G29" s="31">
-        <v>73.241874999999993</v>
+        <v>40.66765046296296</v>
       </c>
       <c r="H29" s="31">
-        <v>57.981736111111111</v>
+        <v>46.238564814814815</v>
       </c>
       <c r="I29" s="31">
-        <v>54.711040233461944</v>
+        <v>61.547310284905961</v>
       </c>
       <c r="J29" s="31">
-        <v>31.152708333333333</v>
+        <v>36.952326388888892</v>
       </c>
       <c r="K29" s="31" cm="1">
         <f t="array" ref="K29">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A29,' Emissões Atmosféricas'!$A30,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>962.64149305555554</v>
       </c>
       <c r="L29" s="31" cm="1">
         <f t="array" ref="L29">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A29,' Emissões Atmosféricas'!$A30,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>6.791666666666667</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A30" s="30">
-        <v>45924</v>
+        <v>46015</v>
       </c>
       <c r="B30" s="31">
-        <v>112.89857638888888</v>
+        <v>83.655312499999994</v>
       </c>
       <c r="C30" s="31">
-        <v>87.607326388888893</v>
+        <v>120.08265046296296</v>
       </c>
       <c r="D30" s="31">
-        <v>104.04638888888888</v>
-[...2 lines deleted...]
-        <v>43.521250000000002</v>
+        <v>119.27008101851852</v>
+      </c>
+      <c r="E30" s="31" t="s">
+        <v>104</v>
       </c>
       <c r="F30" s="31">
-        <v>63.981215277777778</v>
+        <v>82.268819444444446</v>
       </c>
       <c r="G30" s="31">
-        <v>72.655138888888885</v>
+        <v>47.226435185185188</v>
       </c>
       <c r="H30" s="31">
-        <v>58.885381944444447</v>
+        <v>49.910081018518518</v>
       </c>
       <c r="I30" s="31">
-        <v>60.251083180551177</v>
+        <v>53.214172226455474</v>
       </c>
       <c r="J30" s="31">
-        <v>115.45517361111111</v>
+        <v>38.237835648148149</v>
       </c>
       <c r="K30" s="31" cm="1">
         <f t="array" ref="K30">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A30,' Emissões Atmosféricas'!$A31,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>801.81291666666664</v>
       </c>
       <c r="L30" s="31" cm="1">
         <f t="array" ref="L30">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A30,' Emissões Atmosféricas'!$A31,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A31" s="30">
-        <v>45925</v>
+        <v>46016</v>
       </c>
       <c r="B31" s="31">
-        <v>104.76232638888889</v>
+        <v>91.881377314814813</v>
       </c>
       <c r="C31" s="31">
-        <v>90.227013888888891</v>
+        <v>124.93693287037037</v>
       </c>
       <c r="D31" s="31">
-        <v>89.507013888888892</v>
+        <v>133.92652777777778</v>
       </c>
       <c r="E31" s="31">
-        <v>43.622743055555553</v>
+        <v>70.78125</v>
       </c>
       <c r="F31" s="31">
-        <v>65.181666666666672</v>
+        <v>99.709826388888885</v>
       </c>
       <c r="G31" s="31">
-        <v>72.057881944444446</v>
+        <v>52.584560185185182</v>
       </c>
       <c r="H31" s="31">
-        <v>46.813055555555557</v>
+        <v>61.641793981481484</v>
       </c>
       <c r="I31" s="31">
-        <v>59.74776495028425</v>
+        <v>67.216298867155004</v>
       </c>
       <c r="J31" s="31">
-        <v>29.703715277777778</v>
+        <v>44.605347222222221</v>
       </c>
       <c r="K31" s="31" cm="1">
         <f t="array" ref="K31">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A31,' Emissões Atmosféricas'!$A32,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>993.94305555555559</v>
       </c>
       <c r="L31" s="31" cm="1">
         <f t="array" ref="L31">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A31,' Emissões Atmosféricas'!$A32,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A32" s="30">
-        <v>45926</v>
+        <v>46017</v>
       </c>
       <c r="B32" s="31">
-        <v>103.81497685185185</v>
+        <v>90.575891203703705</v>
       </c>
       <c r="C32" s="31">
-        <v>90.410277777777779</v>
+        <v>125.89383101851851</v>
       </c>
       <c r="D32" s="31">
-        <v>93.568472222222226</v>
+        <v>122.0112037037037</v>
       </c>
       <c r="E32" s="31">
-        <v>40.19979166666667</v>
+        <v>59.61662037037037</v>
       </c>
       <c r="F32" s="31">
-        <v>66.50395833333333</v>
+        <v>62.500231481481478</v>
       </c>
       <c r="G32" s="31">
-        <v>71.826111111111118</v>
+        <v>52.352777777777774</v>
       </c>
       <c r="H32" s="31">
-        <v>51.523298611111109</v>
+        <v>65.077650462962964</v>
       </c>
       <c r="I32" s="31">
-        <v>58.349435151153138</v>
+        <v>73.504569490132511</v>
       </c>
       <c r="J32" s="31">
-        <v>29.696203703703702</v>
+        <v>43.090601851851851</v>
       </c>
       <c r="K32" s="31" cm="1">
         <f t="array" ref="K32">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A32,' Emissões Atmosféricas'!$A33,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>2127.7414351851853</v>
       </c>
       <c r="L32" s="31" cm="1">
         <f t="array" ref="L32">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A32,' Emissões Atmosféricas'!$A33,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>20.429861111111112</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A33" s="30">
-        <v>45927</v>
+        <v>46018</v>
       </c>
       <c r="B33" s="31">
-        <v>109.28104166666667</v>
+        <v>89.352372685185188</v>
       </c>
       <c r="C33" s="31">
-        <v>89.671805555555551</v>
+        <v>122.81899305555555</v>
       </c>
       <c r="D33" s="31">
-        <v>93.544930555555553</v>
+        <v>102.27621527777778</v>
       </c>
       <c r="E33" s="31">
-        <v>39.538888888888891</v>
+        <v>56.85792824074074</v>
       </c>
       <c r="F33" s="31">
-        <v>61.893645833333331</v>
+        <v>65.263796296296292</v>
       </c>
       <c r="G33" s="31">
-        <v>71.722256944444439</v>
+        <v>50.697465277777781</v>
       </c>
       <c r="H33" s="31">
-        <v>59.033298611111114</v>
+        <v>74.539351851851848</v>
       </c>
       <c r="I33" s="31">
-        <v>58.262955556798865</v>
+        <v>71.237377843591901</v>
       </c>
       <c r="J33" s="31">
-        <v>32.218159722222225</v>
+        <v>44.074108796296294</v>
       </c>
       <c r="K33" s="31" cm="1">
         <f t="array" ref="K33">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A33,' Emissões Atmosféricas'!$A34,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>6649.451701388889</v>
       </c>
       <c r="L33" s="31" cm="1">
         <f t="array" ref="L33">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A33,' Emissões Atmosféricas'!$A34,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>25.305173611111112</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A34" s="30">
-        <v>45928</v>
+        <v>46019</v>
       </c>
       <c r="B34" s="31">
-        <v>104.87638888888888</v>
+        <v>97.1294212962963</v>
       </c>
       <c r="C34" s="31">
-        <v>87.459722222222226</v>
+        <v>123.88864583333333</v>
       </c>
       <c r="D34" s="31">
-        <v>78.278958333333335</v>
+        <v>93.492962962962963</v>
       </c>
       <c r="E34" s="31">
-        <v>39.696527777777774</v>
+        <v>61.143182870370367</v>
       </c>
       <c r="F34" s="31">
-        <v>57.061527777777776</v>
+        <v>68.218518518518522</v>
       </c>
       <c r="G34" s="31">
-        <v>71.15069444444444</v>
+        <v>51.308946759259257</v>
       </c>
       <c r="H34" s="31">
-        <v>51.251493055555557</v>
+        <v>64.984722222222217</v>
       </c>
       <c r="I34" s="31">
-        <v>56.525049858181568</v>
+        <v>70.837970618671847</v>
       </c>
       <c r="J34" s="31">
-        <v>34.382986111111109</v>
+        <v>44.924317129629628</v>
       </c>
       <c r="K34" s="31" cm="1">
         <f t="array" ref="K34">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A34,' Emissões Atmosféricas'!$A35,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>394.63836805555553</v>
       </c>
       <c r="L34" s="31" cm="1">
         <f t="array" ref="L34">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A34,' Emissões Atmosféricas'!$A35,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>38.970868055555556</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A35" s="30">
-        <v>45929</v>
+        <v>46020</v>
       </c>
       <c r="B35" s="31">
-        <v>114.44527777777778</v>
+        <v>108.62995370370371</v>
       </c>
       <c r="C35" s="31">
-        <v>83.958090277777771</v>
+        <v>125.47748842592593</v>
       </c>
       <c r="D35" s="31">
-        <v>96.062743055555558</v>
+        <v>116.84907407407407</v>
       </c>
       <c r="E35" s="31">
-        <v>47.543923611111111</v>
+        <v>59.064421296296295</v>
       </c>
       <c r="F35" s="31">
-        <v>60.257152777777776</v>
+        <v>72.146527777777777</v>
       </c>
       <c r="G35" s="31">
-        <v>71.763194444444451</v>
+        <v>51.670219907407407</v>
       </c>
       <c r="H35" s="31">
-        <v>53.538159722222225</v>
+        <v>71.496446759259257</v>
       </c>
       <c r="I35" s="31">
-        <v>59.632083133900608</v>
+        <v>71.57287334433309</v>
       </c>
       <c r="J35" s="31">
-        <v>28.945208333333333</v>
+        <v>43.543553240740742</v>
       </c>
       <c r="K35" s="31" cm="1">
         <f t="array" ref="K35">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A35,' Emissões Atmosféricas'!$A36,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>2147.9879513888891</v>
       </c>
       <c r="L35" s="31" cm="1">
         <f t="array" ref="L35">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A35,' Emissões Atmosféricas'!$A36,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>54.490370370370371</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A36" s="30">
-        <v>45930</v>
+        <v>46021</v>
       </c>
       <c r="B36" s="31">
-        <v>108.11979166666667</v>
+        <v>113.60918981481481</v>
       </c>
       <c r="C36" s="31">
-        <v>89.911666666666662</v>
+        <v>124.33671296296296</v>
       </c>
       <c r="D36" s="31">
-        <v>93.493645833333332</v>
+        <v>111.53106481481481</v>
       </c>
       <c r="E36" s="31">
-        <v>44.52204861111111</v>
+        <v>57.22965277777778</v>
       </c>
       <c r="F36" s="31">
-        <v>58.197048611111114</v>
+        <v>64.229976851851845</v>
       </c>
       <c r="G36" s="31">
-        <v>70.100729166666667</v>
+        <v>51.360949074074071</v>
       </c>
       <c r="H36" s="31">
-        <v>53.348680555555553</v>
+        <v>57.512083333333337</v>
       </c>
       <c r="I36" s="31">
-        <v>58.305765479714779</v>
+        <v>70.317098992842219</v>
       </c>
       <c r="J36" s="31">
-        <v>32.425694444444446</v>
+        <v>43.825138888888887</v>
       </c>
       <c r="K36" s="31" cm="1">
         <f t="array" ref="K36">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A36,' Emissões Atmosféricas'!$A37,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>5148.5803935185186</v>
       </c>
       <c r="L36" s="31" cm="1">
         <f t="array" ref="L36">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A36,' Emissões Atmosféricas'!$A37,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>94.530486111111117</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A37" s="30">
-        <v>45931</v>
+        <v>46022</v>
       </c>
       <c r="B37" s="31">
-        <v>103.46663194444444</v>
-[...1 lines deleted...]
-      <c r="C37" s="31"/>
+        <v>111.37912037037037</v>
+      </c>
+      <c r="C37" s="31">
+        <v>123.40751157407408</v>
+      </c>
       <c r="D37" s="31">
-        <v>82.867048611111116</v>
+        <v>104.611875</v>
       </c>
       <c r="E37" s="31">
-        <v>39.685173611111111</v>
+        <v>58.846365740740744</v>
       </c>
       <c r="F37" s="31">
-        <v>52.790312499999999</v>
+        <v>64.934560185185191</v>
       </c>
       <c r="G37" s="31">
-        <v>70.220590277777774</v>
+        <v>50.6355787037037</v>
       </c>
       <c r="H37" s="31">
-        <v>39.614027777777778</v>
+        <v>61.741608796296298</v>
       </c>
       <c r="I37" s="31">
-        <v>48.851114980688799</v>
+        <v>69.5623972358527</v>
       </c>
       <c r="J37" s="31">
-        <v>28.492326388888888</v>
+        <v>45.439050925925926</v>
       </c>
       <c r="K37" s="31" cm="1">
         <f t="array" ref="K37">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A37,' Emissões Atmosféricas'!$A38,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>4936.9914351851849</v>
       </c>
       <c r="L37" s="31" cm="1">
         <f t="array" ref="L37">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A37,' Emissões Atmosféricas'!$A38,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>78.024166666666673</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A38" s="30">
-        <v>45932</v>
+        <v>46023</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A39" s="3"/>
     </row>
     <row r="40" spans="1:15" ht="28.5" x14ac:dyDescent="0.65">
       <c r="A40" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A41" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A41" s="4"/>
       <c r="B41" s="5"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4"/>
       <c r="I41" s="4"/>
       <c r="J41" s="4"/>
       <c r="K41" s="4"/>
       <c r="L41" s="4"/>
       <c r="M41" s="4"/>
       <c r="N41" s="4"/>
       <c r="O41" s="4"/>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A42" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B42" s="5"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="4"/>
       <c r="J42" s="4"/>
       <c r="K42" s="4"/>
       <c r="L42" s="4"/>
       <c r="M42" s="4"/>
       <c r="N42" s="4"/>
       <c r="O42" s="4"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A43" s="4"/>
       <c r="B43" s="5"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
@@ -3526,52 +3571,52 @@
       <c r="H54" s="4"/>
       <c r="I54" s="4"/>
       <c r="J54" s="4"/>
       <c r="K54" s="4"/>
       <c r="L54" s="4"/>
       <c r="M54" s="4"/>
       <c r="N54" s="4"/>
       <c r="O54" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:L2"/>
   </mergeCells>
   <phoneticPr fontId="22" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Planilha2"/>
   <dimension ref="B1:AE42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="L23" sqref="L23"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.1796875" customWidth="1"/>
     <col min="2" max="2" width="17.453125" customWidth="1"/>
     <col min="3" max="3" width="13.81640625" customWidth="1"/>
     <col min="4" max="4" width="10.81640625" customWidth="1"/>
     <col min="5" max="5" width="12.1796875" customWidth="1"/>
     <col min="6" max="6" width="10.453125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.453125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.1796875" customWidth="1"/>
     <col min="9" max="9" width="12" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="13" customWidth="1"/>
     <col min="12" max="12" width="12.7265625" customWidth="1"/>
     <col min="13" max="13" width="11.81640625" customWidth="1"/>
     <col min="14" max="14" width="14.1796875" customWidth="1"/>
     <col min="15" max="15" width="11.81640625" customWidth="1"/>
     <col min="16" max="16" width="18.1796875" customWidth="1"/>
     <col min="17" max="17" width="14.453125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.453125" customWidth="1"/>
     <col min="19" max="19" width="10.81640625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12.81640625" customWidth="1"/>
     <col min="21" max="26" width="14.1796875" customWidth="1"/>
     <col min="27" max="27" width="11.453125" customWidth="1"/>
@@ -3579,2302 +3624,2360 @@
     <col min="30" max="30" width="12.54296875" customWidth="1"/>
     <col min="31" max="31" width="13.26953125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="11.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B2" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C2" s="6"/>
     </row>
     <row r="3" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B3" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B4" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C4" s="6"/>
     </row>
     <row r="5" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B5" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C5" s="6"/>
     </row>
     <row r="6" spans="2:31" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
     </row>
     <row r="7" spans="2:31" s="37" customFormat="1" ht="78" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B7" s="32" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="33" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="34" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="34" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="34" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="35" t="s">
         <v>42</v>
       </c>
       <c r="H7" s="34" t="s">
         <v>43</v>
       </c>
       <c r="I7" s="34" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="35" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="35" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="35" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="35" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="35" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" s="35" t="s">
+        <v>50</v>
+      </c>
+      <c r="P7" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q7" s="35" t="s">
+        <v>52</v>
+      </c>
+      <c r="R7" s="35" t="s">
+        <v>53</v>
+      </c>
+      <c r="S7" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="T7" s="35" t="s">
+        <v>55</v>
+      </c>
+      <c r="U7" s="35" t="s">
+        <v>56</v>
+      </c>
+      <c r="V7" s="35" t="s">
+        <v>57</v>
+      </c>
+      <c r="W7" s="34" t="s">
+        <v>58</v>
+      </c>
+      <c r="X7" s="35" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y7" s="34" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z7" s="35" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA7" s="35" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB7" s="34" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC7" s="34" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD7" s="34" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE7" s="36" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="2:31" s="37" customFormat="1" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="69" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" s="71" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" s="72" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" s="71" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" s="71" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" s="73" t="s">
+        <v>73</v>
+      </c>
+      <c r="I8" s="71" t="s">
+        <v>74</v>
+      </c>
+      <c r="J8" s="74" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" s="73" t="s">
+        <v>76</v>
+      </c>
+      <c r="L8" s="75" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" s="75" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" s="75" t="s">
+        <v>79</v>
+      </c>
+      <c r="O8" s="76" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" s="76" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q8" s="77" t="s">
+        <v>82</v>
+      </c>
+      <c r="R8" s="76" t="s">
+        <v>83</v>
+      </c>
+      <c r="S8" s="76" t="s">
+        <v>84</v>
+      </c>
+      <c r="T8" s="76" t="s">
+        <v>85</v>
+      </c>
+      <c r="U8" s="76" t="s">
+        <v>85</v>
+      </c>
+      <c r="V8" s="73" t="s">
+        <v>86</v>
+      </c>
+      <c r="W8" s="78" t="s">
+        <v>86</v>
+      </c>
+      <c r="X8" s="76" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y8" s="79" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z8" s="74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA8" s="76" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB8" s="74" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC8" s="74" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD8" s="74" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE8" s="80" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="9" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B9" s="38">
+        <v>45992</v>
+      </c>
+      <c r="C9" s="39">
+        <v>31.7</v>
+      </c>
+      <c r="D9" s="40">
+        <v>7.21</v>
+      </c>
+      <c r="E9" s="40">
+        <v>63.8</v>
+      </c>
+      <c r="F9" s="40">
+        <v>21</v>
+      </c>
+      <c r="G9" s="40">
+        <v>10</v>
+      </c>
+      <c r="H9" s="40">
+        <v>2.6</v>
+      </c>
+      <c r="I9" s="41">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="J9" s="41">
+        <v>2.3E-2</v>
+      </c>
+      <c r="K9" s="40">
+        <v>0.2</v>
+      </c>
+      <c r="L9" s="40" t="s">
+        <v>92</v>
+      </c>
+      <c r="M9" s="40" t="s">
+        <v>92</v>
+      </c>
+      <c r="N9" s="40" t="s">
+        <v>93</v>
+      </c>
+      <c r="O9" s="40">
+        <v>0.63</v>
+      </c>
+      <c r="P9" s="59">
+        <v>2</v>
+      </c>
+      <c r="Q9" s="84"/>
+      <c r="R9" s="84"/>
+      <c r="S9" s="84"/>
+      <c r="T9" s="84"/>
+      <c r="U9" s="84"/>
+      <c r="V9" s="84"/>
+      <c r="W9" s="84"/>
+      <c r="X9" s="84"/>
+      <c r="Y9" s="84"/>
+      <c r="Z9" s="84"/>
+      <c r="AA9" s="84"/>
+      <c r="AB9" s="88"/>
+      <c r="AC9" s="88"/>
+      <c r="AD9" s="88"/>
+      <c r="AE9" s="89"/>
+    </row>
+    <row r="10" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B10" s="42">
+        <v>45993</v>
+      </c>
+      <c r="C10" s="43">
+        <v>31.9</v>
+      </c>
+      <c r="D10" s="44">
+        <v>7.22</v>
+      </c>
+      <c r="E10" s="44">
+        <v>69.3</v>
+      </c>
+      <c r="F10" s="44">
+        <v>9</v>
+      </c>
+      <c r="G10" s="44">
+        <v>12</v>
+      </c>
+      <c r="H10" s="44">
+        <v>4.7</v>
+      </c>
+      <c r="I10" s="50">
+        <v>0.123</v>
+      </c>
+      <c r="J10" s="50">
+        <v>0.02</v>
+      </c>
+      <c r="K10" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L10" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O10" s="44">
+        <v>0.71</v>
+      </c>
+      <c r="P10" s="47">
+        <v>21</v>
+      </c>
+      <c r="Q10" s="45">
+        <v>1E-4</v>
+      </c>
+      <c r="R10" s="45">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="S10" s="87">
+        <v>0.63500000000000001</v>
+      </c>
+      <c r="T10" s="87" t="s">
+        <v>99</v>
+      </c>
+      <c r="U10" s="87">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="V10" s="87">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="W10" s="87">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="X10" s="87">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="Y10" s="87" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z10" s="87">
+        <v>2.4399999999999999E-3</v>
+      </c>
+      <c r="AA10" s="45">
+        <v>0.21629999999999999</v>
+      </c>
+      <c r="AB10" s="90" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC10" s="90" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD10" s="90" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE10" s="91" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="42">
+        <v>45994</v>
+      </c>
+      <c r="C11" s="43">
+        <v>31.7</v>
+      </c>
+      <c r="D11" s="44">
+        <v>7.31</v>
+      </c>
+      <c r="E11" s="44">
+        <v>55</v>
+      </c>
+      <c r="F11" s="44">
+        <v>23</v>
+      </c>
+      <c r="G11" s="44">
+        <v>12</v>
+      </c>
+      <c r="H11" s="44">
+        <v>3.4</v>
+      </c>
+      <c r="I11" s="50">
+        <v>0.02</v>
+      </c>
+      <c r="J11" s="50">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K11" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L11" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O11" s="44">
+        <v>0.75</v>
+      </c>
+      <c r="P11" s="47">
+        <v>33</v>
+      </c>
+      <c r="Q11" s="45"/>
+      <c r="R11" s="45"/>
+      <c r="S11" s="87"/>
+      <c r="T11" s="87"/>
+      <c r="U11" s="87"/>
+      <c r="V11" s="87"/>
+      <c r="W11" s="87"/>
+      <c r="X11" s="87"/>
+      <c r="Y11" s="87"/>
+      <c r="Z11" s="87"/>
+      <c r="AA11" s="45"/>
+      <c r="AB11" s="90"/>
+      <c r="AC11" s="90"/>
+      <c r="AD11" s="90"/>
+      <c r="AE11" s="91"/>
+    </row>
+    <row r="12" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B12" s="42">
+        <v>45995</v>
+      </c>
+      <c r="C12" s="43">
+        <v>31.8</v>
+      </c>
+      <c r="D12" s="44">
+        <v>7.15</v>
+      </c>
+      <c r="E12" s="46">
+        <v>51.8</v>
+      </c>
+      <c r="F12" s="46">
+        <v>9</v>
+      </c>
+      <c r="G12" s="46" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12" s="46">
+        <v>5.3</v>
+      </c>
+      <c r="I12" s="81">
+        <v>2.4E-2</v>
+      </c>
+      <c r="J12" s="81">
+        <v>0.02</v>
+      </c>
+      <c r="K12" s="46">
+        <v>0.3</v>
+      </c>
+      <c r="L12" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O12" s="44">
+        <v>0.48</v>
+      </c>
+      <c r="P12" s="47">
+        <v>11</v>
+      </c>
+      <c r="Q12" s="45"/>
+      <c r="R12" s="45"/>
+      <c r="S12" s="87"/>
+      <c r="T12" s="87"/>
+      <c r="U12" s="87"/>
+      <c r="V12" s="87"/>
+      <c r="W12" s="87"/>
+      <c r="X12" s="87"/>
+      <c r="Y12" s="87"/>
+      <c r="Z12" s="87"/>
+      <c r="AA12" s="45"/>
+      <c r="AB12" s="90"/>
+      <c r="AC12" s="90"/>
+      <c r="AD12" s="90"/>
+      <c r="AE12" s="91"/>
+    </row>
+    <row r="13" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B13" s="42">
+        <v>45996</v>
+      </c>
+      <c r="C13" s="43">
+        <v>31.8</v>
+      </c>
+      <c r="D13" s="44">
+        <v>7.17</v>
+      </c>
+      <c r="E13" s="46">
+        <v>27.4</v>
+      </c>
+      <c r="F13" s="46">
+        <v>9</v>
+      </c>
+      <c r="G13" s="46">
+        <v>12</v>
+      </c>
+      <c r="H13" s="44">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I13" s="50">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J13" s="50">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K13" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L13" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O13" s="44">
+        <v>0.77</v>
+      </c>
+      <c r="P13" s="47">
+        <v>33</v>
+      </c>
+      <c r="Q13" s="45"/>
+      <c r="R13" s="45"/>
+      <c r="S13" s="45"/>
+      <c r="T13" s="45"/>
+      <c r="U13" s="45"/>
+      <c r="V13" s="45"/>
+      <c r="W13" s="45"/>
+      <c r="X13" s="45"/>
+      <c r="Y13" s="45"/>
+      <c r="Z13" s="45"/>
+      <c r="AA13" s="45"/>
+      <c r="AB13" s="90"/>
+      <c r="AC13" s="90"/>
+      <c r="AD13" s="90"/>
+      <c r="AE13" s="91"/>
+    </row>
+    <row r="14" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="42">
+        <v>45997</v>
+      </c>
+      <c r="C14" s="43">
+        <v>32</v>
+      </c>
+      <c r="D14" s="44">
+        <v>7.23</v>
+      </c>
+      <c r="E14" s="44">
+        <v>11.9</v>
+      </c>
+      <c r="F14" s="44">
+        <v>9</v>
+      </c>
+      <c r="G14" s="44">
+        <v>24</v>
+      </c>
+      <c r="H14" s="44">
+        <v>3.8</v>
+      </c>
+      <c r="I14" s="50">
+        <v>1.4E-2</v>
+      </c>
+      <c r="J14" s="50">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="K14" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L14" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N14" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O14" s="44">
+        <v>0.75</v>
+      </c>
+      <c r="P14" s="47">
+        <v>7.8</v>
+      </c>
+      <c r="Q14" s="45"/>
+      <c r="R14" s="45"/>
+      <c r="S14" s="60"/>
+      <c r="T14" s="60"/>
+      <c r="U14" s="60"/>
+      <c r="V14" s="60"/>
+      <c r="W14" s="60"/>
+      <c r="X14" s="60"/>
+      <c r="Y14" s="60"/>
+      <c r="Z14" s="60"/>
+      <c r="AA14" s="45"/>
+      <c r="AB14" s="90"/>
+      <c r="AC14" s="90"/>
+      <c r="AD14" s="90"/>
+      <c r="AE14" s="91"/>
+    </row>
+    <row r="15" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B15" s="42">
+        <v>45998</v>
+      </c>
+      <c r="C15" s="43">
+        <v>32</v>
+      </c>
+      <c r="D15" s="44">
+        <v>7.19</v>
+      </c>
+      <c r="E15" s="44">
+        <v>17.8</v>
+      </c>
+      <c r="F15" s="44">
+        <v>12</v>
+      </c>
+      <c r="G15" s="44">
+        <v>18</v>
+      </c>
+      <c r="H15" s="44">
+        <v>3.6</v>
+      </c>
+      <c r="I15" s="50">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="J15" s="50">
+        <v>2.3E-2</v>
+      </c>
+      <c r="K15" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L15" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M15" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N15" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O15" s="44">
+        <v>0.75</v>
+      </c>
+      <c r="P15" s="47">
+        <v>6.8</v>
+      </c>
+      <c r="Q15" s="45"/>
+      <c r="R15" s="45"/>
+      <c r="S15" s="60"/>
+      <c r="T15" s="60"/>
+      <c r="U15" s="60"/>
+      <c r="V15" s="60"/>
+      <c r="W15" s="60"/>
+      <c r="X15" s="60"/>
+      <c r="Y15" s="60"/>
+      <c r="Z15" s="60"/>
+      <c r="AA15" s="45"/>
+      <c r="AB15" s="90"/>
+      <c r="AC15" s="90"/>
+      <c r="AD15" s="90"/>
+      <c r="AE15" s="91"/>
+    </row>
+    <row r="16" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B16" s="42">
+        <v>45999</v>
+      </c>
+      <c r="C16" s="43">
+        <v>32.1</v>
+      </c>
+      <c r="D16" s="44">
+        <v>7.3</v>
+      </c>
+      <c r="E16" s="44">
+        <v>65.900000000000006</v>
+      </c>
+      <c r="F16" s="44">
+        <v>12</v>
+      </c>
+      <c r="G16" s="44" t="s">
+        <v>94</v>
+      </c>
+      <c r="H16" s="44">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="I16" s="50">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="J16" s="50">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K16" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L16" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M16" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N16" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O16" s="44">
+        <v>0.66</v>
+      </c>
+      <c r="P16" s="47">
+        <v>17</v>
+      </c>
+      <c r="Q16" s="45"/>
+      <c r="R16" s="45"/>
+      <c r="S16" s="61"/>
+      <c r="T16" s="61"/>
+      <c r="U16" s="61"/>
+      <c r="V16" s="61"/>
+      <c r="W16" s="61"/>
+      <c r="X16" s="61"/>
+      <c r="Y16" s="61"/>
+      <c r="Z16" s="61"/>
+      <c r="AA16" s="45"/>
+      <c r="AB16" s="90"/>
+      <c r="AC16" s="90"/>
+      <c r="AD16" s="90"/>
+      <c r="AE16" s="91"/>
+    </row>
+    <row r="17" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B17" s="42">
+        <v>46000</v>
+      </c>
+      <c r="C17" s="43">
+        <v>31.6</v>
+      </c>
+      <c r="D17" s="44">
+        <v>7.28</v>
+      </c>
+      <c r="E17" s="44">
+        <v>56.6</v>
+      </c>
+      <c r="F17" s="46">
+        <v>6</v>
+      </c>
+      <c r="G17" s="46">
+        <v>24</v>
+      </c>
+      <c r="H17" s="44">
+        <v>5</v>
+      </c>
+      <c r="I17" s="50">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J17" s="50">
+        <v>1.9E-2</v>
+      </c>
+      <c r="K17" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L17" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M17" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N17" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O17" s="44">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="P17" s="47">
+        <v>240</v>
+      </c>
+      <c r="Q17" s="45">
+        <v>1E-4</v>
+      </c>
+      <c r="R17" s="45">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="S17" s="60">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="T17" s="60" t="s">
+        <v>99</v>
+      </c>
+      <c r="U17" s="60">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="V17" s="60">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="W17" s="60">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="X17" s="60">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="Y17" s="60" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z17" s="60">
+        <v>1.7700000000000001E-3</v>
+      </c>
+      <c r="AA17" s="45">
+        <v>0.3024</v>
+      </c>
+      <c r="AB17" s="90"/>
+      <c r="AC17" s="90"/>
+      <c r="AD17" s="90"/>
+      <c r="AE17" s="91"/>
+    </row>
+    <row r="18" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B18" s="42">
+        <v>46001</v>
+      </c>
+      <c r="C18" s="43">
+        <v>31.6</v>
+      </c>
+      <c r="D18" s="44">
+        <v>7.26</v>
+      </c>
+      <c r="E18" s="44">
+        <v>48.6</v>
+      </c>
+      <c r="F18" s="46">
+        <v>16</v>
+      </c>
+      <c r="G18" s="46">
+        <v>16</v>
+      </c>
+      <c r="H18" s="44">
+        <v>4.3</v>
+      </c>
+      <c r="I18" s="50">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="J18" s="50">
+        <v>2.7E-2</v>
+      </c>
+      <c r="K18" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L18" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M18" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N18" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O18" s="44">
+        <v>0.69</v>
+      </c>
+      <c r="P18" s="47">
+        <v>920</v>
+      </c>
+      <c r="Q18" s="45"/>
+      <c r="R18" s="45"/>
+      <c r="S18" s="60"/>
+      <c r="T18" s="60"/>
+      <c r="U18" s="60"/>
+      <c r="V18" s="60"/>
+      <c r="W18" s="60"/>
+      <c r="X18" s="60"/>
+      <c r="Y18" s="60"/>
+      <c r="Z18" s="60"/>
+      <c r="AA18" s="45"/>
+      <c r="AB18" s="90"/>
+      <c r="AC18" s="90"/>
+      <c r="AD18" s="90"/>
+      <c r="AE18" s="91"/>
+    </row>
+    <row r="19" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B19" s="42">
+        <v>46002</v>
+      </c>
+      <c r="C19" s="43">
+        <v>31.4</v>
+      </c>
+      <c r="D19" s="44">
+        <v>6.96</v>
+      </c>
+      <c r="E19" s="44">
+        <v>54.4</v>
+      </c>
+      <c r="F19" s="44">
+        <v>11</v>
+      </c>
+      <c r="G19" s="44" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" s="44">
+        <v>2.1</v>
+      </c>
+      <c r="I19" s="50">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J19" s="50">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="K19" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L19" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M19" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N19" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O19" s="44">
+        <v>0.64</v>
+      </c>
+      <c r="P19" s="47">
+        <v>49</v>
+      </c>
+      <c r="Q19" s="45"/>
+      <c r="R19" s="45"/>
+      <c r="S19" s="60"/>
+      <c r="T19" s="60"/>
+      <c r="U19" s="60"/>
+      <c r="V19" s="60"/>
+      <c r="W19" s="60"/>
+      <c r="X19" s="60"/>
+      <c r="Y19" s="60"/>
+      <c r="Z19" s="60"/>
+      <c r="AA19" s="45"/>
+      <c r="AB19" s="45"/>
+      <c r="AC19" s="45"/>
+      <c r="AD19" s="45"/>
+      <c r="AE19" s="91"/>
+    </row>
+    <row r="20" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B20" s="42">
+        <v>46003</v>
+      </c>
+      <c r="C20" s="43">
+        <v>31.8</v>
+      </c>
+      <c r="D20" s="44">
+        <v>7.15</v>
+      </c>
+      <c r="E20" s="44">
+        <v>41.2</v>
+      </c>
+      <c r="F20" s="44">
+        <v>17</v>
+      </c>
+      <c r="G20" s="46">
+        <v>12</v>
+      </c>
+      <c r="H20" s="44">
+        <v>1.26</v>
+      </c>
+      <c r="I20" s="50">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="J20" s="50">
+        <v>0.01</v>
+      </c>
+      <c r="K20" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L20" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M20" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N20" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O20" s="44">
+        <v>0.46</v>
+      </c>
+      <c r="P20" s="47">
+        <v>31</v>
+      </c>
+      <c r="Q20" s="45"/>
+      <c r="R20" s="45"/>
+      <c r="S20" s="45"/>
+      <c r="T20" s="45"/>
+      <c r="U20" s="45"/>
+      <c r="V20" s="45"/>
+      <c r="W20" s="45"/>
+      <c r="X20" s="45"/>
+      <c r="Y20" s="45"/>
+      <c r="Z20" s="45"/>
+      <c r="AA20" s="45"/>
+      <c r="AB20" s="90"/>
+      <c r="AC20" s="90"/>
+      <c r="AD20" s="90"/>
+      <c r="AE20" s="91"/>
+    </row>
+    <row r="21" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B21" s="42">
+        <v>46004</v>
+      </c>
+      <c r="C21" s="43">
+        <v>31.8</v>
+      </c>
+      <c r="D21" s="44">
+        <v>7.32</v>
+      </c>
+      <c r="E21" s="44">
+        <v>44.7</v>
+      </c>
+      <c r="F21" s="46">
+        <v>10</v>
+      </c>
+      <c r="G21" s="46">
+        <v>12</v>
+      </c>
+      <c r="H21" s="44">
+        <v>1.86</v>
+      </c>
+      <c r="I21" s="50">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="J21" s="50">
+        <v>1.9E-2</v>
+      </c>
+      <c r="K21" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L21" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M21" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N21" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O21" s="44">
+        <v>0.5</v>
+      </c>
+      <c r="P21" s="47">
+        <v>23</v>
+      </c>
+      <c r="Q21" s="45"/>
+      <c r="R21" s="45"/>
+      <c r="S21" s="60"/>
+      <c r="T21" s="60"/>
+      <c r="U21" s="60"/>
+      <c r="V21" s="60"/>
+      <c r="W21" s="60"/>
+      <c r="X21" s="60"/>
+      <c r="Y21" s="60"/>
+      <c r="Z21" s="60"/>
+      <c r="AA21" s="45"/>
+      <c r="AB21" s="90"/>
+      <c r="AC21" s="90"/>
+      <c r="AD21" s="90"/>
+      <c r="AE21" s="91"/>
+    </row>
+    <row r="22" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B22" s="42">
+        <v>46005</v>
+      </c>
+      <c r="C22" s="43">
+        <v>32</v>
+      </c>
+      <c r="D22" s="48">
+        <v>7.35</v>
+      </c>
+      <c r="E22" s="46">
+        <v>41.7</v>
+      </c>
+      <c r="F22" s="46">
+        <v>12</v>
+      </c>
+      <c r="G22" s="46">
+        <v>22</v>
+      </c>
+      <c r="H22" s="44">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="I22" s="50">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="J22" s="50">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K22" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L22" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M22" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N22" s="44" t="s">
         <v>98</v>
       </c>
-      <c r="O7" s="35" t="s">
+      <c r="O22" s="44">
+        <v>0.51</v>
+      </c>
+      <c r="P22" s="47">
+        <v>7.8</v>
+      </c>
+      <c r="Q22" s="45"/>
+      <c r="R22" s="45"/>
+      <c r="S22" s="61"/>
+      <c r="T22" s="61"/>
+      <c r="U22" s="61"/>
+      <c r="V22" s="61"/>
+      <c r="W22" s="61"/>
+      <c r="X22" s="61"/>
+      <c r="Y22" s="61"/>
+      <c r="Z22" s="61"/>
+      <c r="AA22" s="45"/>
+      <c r="AB22" s="90"/>
+      <c r="AC22" s="90"/>
+      <c r="AD22" s="90"/>
+      <c r="AE22" s="91"/>
+    </row>
+    <row r="23" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B23" s="42">
+        <v>46006</v>
+      </c>
+      <c r="C23" s="43">
+        <v>32</v>
+      </c>
+      <c r="D23" s="44">
+        <v>7.25</v>
+      </c>
+      <c r="E23" s="48">
+        <v>59.4</v>
+      </c>
+      <c r="F23" s="46">
+        <v>12</v>
+      </c>
+      <c r="G23" s="48">
+        <v>14</v>
+      </c>
+      <c r="H23" s="44">
+        <v>2.8</v>
+      </c>
+      <c r="I23" s="50">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="J23" s="50">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="K23" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L23" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M23" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N23" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O23" s="44">
+        <v>0.73</v>
+      </c>
+      <c r="P23" s="47">
+        <v>13</v>
+      </c>
+      <c r="Q23" s="45"/>
+      <c r="R23" s="45"/>
+      <c r="S23" s="61"/>
+      <c r="T23" s="61"/>
+      <c r="U23" s="61"/>
+      <c r="V23" s="61"/>
+      <c r="W23" s="61"/>
+      <c r="X23" s="61"/>
+      <c r="Y23" s="61"/>
+      <c r="Z23" s="61"/>
+      <c r="AA23" s="45"/>
+      <c r="AB23" s="90"/>
+      <c r="AC23" s="90"/>
+      <c r="AD23" s="90"/>
+      <c r="AE23" s="91"/>
+    </row>
+    <row r="24" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B24" s="42">
+        <v>46007</v>
+      </c>
+      <c r="C24" s="43">
+        <v>31.7</v>
+      </c>
+      <c r="D24" s="44">
+        <v>7.49</v>
+      </c>
+      <c r="E24" s="44">
+        <v>69.5</v>
+      </c>
+      <c r="F24" s="46">
+        <v>11</v>
+      </c>
+      <c r="G24" s="46" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24" s="44">
+        <v>3.6</v>
+      </c>
+      <c r="I24" s="50">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="J24" s="50">
+        <v>0.02</v>
+      </c>
+      <c r="K24" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L24" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M24" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N24" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O24" s="44">
+        <v>0.68</v>
+      </c>
+      <c r="P24" s="47">
+        <v>23</v>
+      </c>
+      <c r="Q24" s="45">
+        <v>2.9E-4</v>
+      </c>
+      <c r="R24" s="45">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="S24" s="62">
+        <v>4.7E-2</v>
+      </c>
+      <c r="T24" s="62" t="s">
+        <v>102</v>
+      </c>
+      <c r="U24" s="62" t="s">
+        <v>100</v>
+      </c>
+      <c r="V24" s="62">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="W24" s="62">
+        <v>6.5799999999999997E-2</v>
+      </c>
+      <c r="X24" s="62">
+        <v>0.03</v>
+      </c>
+      <c r="Y24" s="62" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z24" s="62">
+        <v>3.5E-4</v>
+      </c>
+      <c r="AA24" s="45">
+        <v>0.112</v>
+      </c>
+      <c r="AB24" s="90"/>
+      <c r="AC24" s="90"/>
+      <c r="AD24" s="90"/>
+      <c r="AE24" s="91"/>
+    </row>
+    <row r="25" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B25" s="42">
+        <v>46008</v>
+      </c>
+      <c r="C25" s="43">
+        <v>31.7</v>
+      </c>
+      <c r="D25" s="44">
+        <v>7.48</v>
+      </c>
+      <c r="E25" s="44">
+        <v>76.3</v>
+      </c>
+      <c r="F25" s="46">
+        <v>13</v>
+      </c>
+      <c r="G25" s="46">
+        <v>18</v>
+      </c>
+      <c r="H25" s="44">
+        <v>3.7</v>
+      </c>
+      <c r="I25" s="50">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="J25" s="50">
+        <v>2.4E-2</v>
+      </c>
+      <c r="K25" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L25" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M25" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N25" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O25" s="44">
+        <v>0.78</v>
+      </c>
+      <c r="P25" s="47">
+        <v>26</v>
+      </c>
+      <c r="Q25" s="45"/>
+      <c r="R25" s="45"/>
+      <c r="S25" s="62"/>
+      <c r="T25" s="62"/>
+      <c r="U25" s="62"/>
+      <c r="V25" s="62"/>
+      <c r="W25" s="62"/>
+      <c r="X25" s="62"/>
+      <c r="Y25" s="62"/>
+      <c r="Z25" s="62"/>
+      <c r="AA25" s="45"/>
+      <c r="AB25" s="90"/>
+      <c r="AC25" s="90"/>
+      <c r="AD25" s="90"/>
+      <c r="AE25" s="91"/>
+    </row>
+    <row r="26" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B26" s="42">
+        <v>46009</v>
+      </c>
+      <c r="C26" s="43">
+        <v>31.7</v>
+      </c>
+      <c r="D26" s="44">
+        <v>7.33</v>
+      </c>
+      <c r="E26" s="44">
+        <v>76.3</v>
+      </c>
+      <c r="F26" s="46">
+        <v>18</v>
+      </c>
+      <c r="G26" s="46">
+        <v>26</v>
+      </c>
+      <c r="H26" s="44">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I26" s="50">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J26" s="50">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="K26" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L26" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M26" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N26" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O26" s="44">
+        <v>0.78</v>
+      </c>
+      <c r="P26" s="47">
+        <v>11</v>
+      </c>
+      <c r="Q26" s="45"/>
+      <c r="R26" s="45"/>
+      <c r="S26" s="62"/>
+      <c r="T26" s="62"/>
+      <c r="U26" s="62"/>
+      <c r="V26" s="62"/>
+      <c r="W26" s="62"/>
+      <c r="X26" s="62"/>
+      <c r="Y26" s="62"/>
+      <c r="Z26" s="62"/>
+      <c r="AA26" s="45"/>
+      <c r="AB26" s="90"/>
+      <c r="AC26" s="90"/>
+      <c r="AD26" s="90"/>
+      <c r="AE26" s="91"/>
+    </row>
+    <row r="27" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B27" s="42">
+        <v>46010</v>
+      </c>
+      <c r="C27" s="43">
+        <v>31.2</v>
+      </c>
+      <c r="D27" s="44">
+        <v>7.3</v>
+      </c>
+      <c r="E27" s="44">
+        <v>84</v>
+      </c>
+      <c r="F27" s="46">
+        <v>11</v>
+      </c>
+      <c r="G27" s="46">
+        <v>36</v>
+      </c>
+      <c r="H27" s="44">
+        <v>3.1</v>
+      </c>
+      <c r="I27" s="50">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J27" s="50">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="K27" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L27" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M27" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N27" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O27" s="44">
+        <v>0.84</v>
+      </c>
+      <c r="P27" s="47">
+        <v>23</v>
+      </c>
+      <c r="Q27" s="45"/>
+      <c r="R27" s="45"/>
+      <c r="S27" s="45"/>
+      <c r="T27" s="45"/>
+      <c r="U27" s="45"/>
+      <c r="V27" s="45"/>
+      <c r="W27" s="45"/>
+      <c r="X27" s="45"/>
+      <c r="Y27" s="45"/>
+      <c r="Z27" s="45"/>
+      <c r="AA27" s="45"/>
+      <c r="AB27" s="45"/>
+      <c r="AC27" s="45"/>
+      <c r="AD27" s="45"/>
+      <c r="AE27" s="91"/>
+    </row>
+    <row r="28" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="42">
+        <v>46011</v>
+      </c>
+      <c r="C28" s="43">
+        <v>31.7</v>
+      </c>
+      <c r="D28" s="44">
+        <v>7.31</v>
+      </c>
+      <c r="E28" s="44">
+        <v>64.7</v>
+      </c>
+      <c r="F28" s="46">
+        <v>7</v>
+      </c>
+      <c r="G28" s="46">
+        <v>10</v>
+      </c>
+      <c r="H28" s="44">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I28" s="50">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J28" s="50">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="K28" s="44">
+        <v>0.4</v>
+      </c>
+      <c r="L28" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M28" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N28" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O28" s="44">
+        <v>0.62</v>
+      </c>
+      <c r="P28" s="47">
+        <v>4.5</v>
+      </c>
+      <c r="Q28" s="45"/>
+      <c r="R28" s="45"/>
+      <c r="S28" s="62"/>
+      <c r="T28" s="62"/>
+      <c r="U28" s="62"/>
+      <c r="V28" s="62"/>
+      <c r="W28" s="62"/>
+      <c r="X28" s="62"/>
+      <c r="Y28" s="62"/>
+      <c r="Z28" s="62"/>
+      <c r="AA28" s="45"/>
+      <c r="AB28" s="90"/>
+      <c r="AC28" s="90"/>
+      <c r="AD28" s="90"/>
+      <c r="AE28" s="91"/>
+    </row>
+    <row r="29" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B29" s="42">
+        <v>46012</v>
+      </c>
+      <c r="C29" s="43">
+        <v>31.8</v>
+      </c>
+      <c r="D29" s="44">
+        <v>7.31</v>
+      </c>
+      <c r="E29" s="44">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="F29" s="44">
+        <v>8</v>
+      </c>
+      <c r="G29" s="46">
+        <v>18</v>
+      </c>
+      <c r="H29" s="44">
+        <v>4.3</v>
+      </c>
+      <c r="I29" s="50">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J29" s="50">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="K29" s="44">
+        <v>0.4</v>
+      </c>
+      <c r="L29" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M29" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N29" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O29" s="44">
+        <v>0.6</v>
+      </c>
+      <c r="P29" s="47">
+        <v>11</v>
+      </c>
+      <c r="Q29" s="45"/>
+      <c r="R29" s="45"/>
+      <c r="S29" s="63"/>
+      <c r="T29" s="63"/>
+      <c r="U29" s="63"/>
+      <c r="V29" s="63"/>
+      <c r="W29" s="63"/>
+      <c r="X29" s="63"/>
+      <c r="Y29" s="63"/>
+      <c r="Z29" s="63"/>
+      <c r="AA29" s="45"/>
+      <c r="AB29" s="90"/>
+      <c r="AC29" s="90"/>
+      <c r="AD29" s="90"/>
+      <c r="AE29" s="91"/>
+    </row>
+    <row r="30" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B30" s="42">
+        <v>46013</v>
+      </c>
+      <c r="C30" s="43">
+        <v>31.8</v>
+      </c>
+      <c r="D30" s="44">
+        <v>7.36</v>
+      </c>
+      <c r="E30" s="44">
+        <v>81.900000000000006</v>
+      </c>
+      <c r="F30" s="44">
+        <v>14</v>
+      </c>
+      <c r="G30" s="46">
+        <v>12</v>
+      </c>
+      <c r="H30" s="44">
+        <v>5.4</v>
+      </c>
+      <c r="I30" s="50">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="J30" s="50">
+        <v>1.2E-2</v>
+      </c>
+      <c r="K30" s="44">
+        <v>0.5</v>
+      </c>
+      <c r="L30" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M30" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N30" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O30" s="44">
+        <v>0.71</v>
+      </c>
+      <c r="P30" s="47">
+        <v>33</v>
+      </c>
+      <c r="Q30" s="45"/>
+      <c r="R30" s="45"/>
+      <c r="S30" s="63"/>
+      <c r="T30" s="63"/>
+      <c r="U30" s="63"/>
+      <c r="V30" s="63"/>
+      <c r="W30" s="63"/>
+      <c r="X30" s="63"/>
+      <c r="Y30" s="63"/>
+      <c r="Z30" s="63"/>
+      <c r="AA30" s="45"/>
+      <c r="AB30" s="90"/>
+      <c r="AC30" s="90"/>
+      <c r="AD30" s="90"/>
+      <c r="AE30" s="91"/>
+    </row>
+    <row r="31" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B31" s="42">
+        <v>46014</v>
+      </c>
+      <c r="C31" s="43">
+        <v>32.1</v>
+      </c>
+      <c r="D31" s="49">
+        <v>7.3</v>
+      </c>
+      <c r="E31" s="44">
+        <v>99.6</v>
+      </c>
+      <c r="F31" s="44">
+        <v>12</v>
+      </c>
+      <c r="G31" s="44">
+        <v>24</v>
+      </c>
+      <c r="H31" s="44">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I31" s="50">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J31" s="50">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="K31" s="44">
+        <v>0.5</v>
+      </c>
+      <c r="L31" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M31" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N31" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O31" s="44">
+        <v>0.75</v>
+      </c>
+      <c r="P31" s="47">
+        <v>33</v>
+      </c>
+      <c r="Q31" s="45">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="R31" s="45">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="S31" s="64" t="s">
+        <v>108</v>
+      </c>
+      <c r="T31" s="64" t="s">
+        <v>99</v>
+      </c>
+      <c r="U31" s="64" t="s">
+        <v>100</v>
+      </c>
+      <c r="V31" s="64">
+        <v>2E-3</v>
+      </c>
+      <c r="W31" s="64">
+        <v>1.34E-2</v>
+      </c>
+      <c r="X31" s="64" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y31" s="64" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z31" s="64" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA31" s="45">
+        <v>2.3699999999999999E-2</v>
+      </c>
+      <c r="AB31" s="90"/>
+      <c r="AC31" s="90"/>
+      <c r="AD31" s="90"/>
+      <c r="AE31" s="91"/>
+    </row>
+    <row r="32" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B32" s="42">
+        <v>46015</v>
+      </c>
+      <c r="C32" s="43">
+        <v>31.7</v>
+      </c>
+      <c r="D32" s="49">
+        <v>7.27</v>
+      </c>
+      <c r="E32" s="44">
+        <v>67.900000000000006</v>
+      </c>
+      <c r="F32" s="46">
+        <v>3</v>
+      </c>
+      <c r="G32" s="46">
+        <v>34</v>
+      </c>
+      <c r="H32" s="44">
+        <v>3</v>
+      </c>
+      <c r="I32" s="50">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="J32" s="50">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="K32" s="44">
+        <v>0.2</v>
+      </c>
+      <c r="L32" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M32" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N32" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O32" s="44">
+        <v>0.72</v>
+      </c>
+      <c r="P32" s="47">
         <v>49</v>
       </c>
-      <c r="P7" s="35" t="s">
-[...85 lines deleted...]
-      <c r="N8" s="44" t="s">
+      <c r="Q32" s="45"/>
+      <c r="R32" s="45"/>
+      <c r="S32" s="62"/>
+      <c r="T32" s="62"/>
+      <c r="U32" s="62"/>
+      <c r="V32" s="62"/>
+      <c r="W32" s="62"/>
+      <c r="X32" s="62"/>
+      <c r="Y32" s="62"/>
+      <c r="Z32" s="62"/>
+      <c r="AA32" s="45"/>
+      <c r="AB32" s="90"/>
+      <c r="AC32" s="90"/>
+      <c r="AD32" s="90"/>
+      <c r="AE32" s="91"/>
+    </row>
+    <row r="33" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B33" s="42">
+        <v>46016</v>
+      </c>
+      <c r="C33" s="43">
+        <v>32.1</v>
+      </c>
+      <c r="D33" s="49">
+        <v>7.24</v>
+      </c>
+      <c r="E33" s="44">
+        <v>57.8</v>
+      </c>
+      <c r="F33" s="46">
+        <v>7</v>
+      </c>
+      <c r="G33" s="46">
+        <v>14</v>
+      </c>
+      <c r="H33" s="44">
+        <v>2.1</v>
+      </c>
+      <c r="I33" s="50">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="J33" s="50">
+        <v>0.01</v>
+      </c>
+      <c r="K33" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L33" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M33" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N33" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O33" s="44">
+        <v>0.7</v>
+      </c>
+      <c r="P33" s="47">
+        <v>23</v>
+      </c>
+      <c r="Q33" s="45"/>
+      <c r="R33" s="45"/>
+      <c r="S33" s="62"/>
+      <c r="T33" s="62"/>
+      <c r="U33" s="62"/>
+      <c r="V33" s="62"/>
+      <c r="W33" s="62"/>
+      <c r="X33" s="62"/>
+      <c r="Y33" s="62"/>
+      <c r="Z33" s="62"/>
+      <c r="AA33" s="45"/>
+      <c r="AB33" s="90"/>
+      <c r="AC33" s="90"/>
+      <c r="AD33" s="90"/>
+      <c r="AE33" s="91"/>
+    </row>
+    <row r="34" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B34" s="42">
+        <v>46017</v>
+      </c>
+      <c r="C34" s="43">
+        <v>31.6</v>
+      </c>
+      <c r="D34" s="49">
+        <v>7.31</v>
+      </c>
+      <c r="E34" s="44">
+        <v>57.8</v>
+      </c>
+      <c r="F34" s="44">
+        <v>12</v>
+      </c>
+      <c r="G34" s="44" t="s">
+        <v>94</v>
+      </c>
+      <c r="H34" s="44">
+        <v>2</v>
+      </c>
+      <c r="I34" s="50">
+        <v>0.01</v>
+      </c>
+      <c r="J34" s="50">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="K34" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L34" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M34" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N34" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O34" s="44">
+        <v>0.69</v>
+      </c>
+      <c r="P34" s="47">
+        <v>13</v>
+      </c>
+      <c r="Q34" s="45"/>
+      <c r="R34" s="45"/>
+      <c r="S34" s="45"/>
+      <c r="T34" s="45"/>
+      <c r="U34" s="45"/>
+      <c r="V34" s="45"/>
+      <c r="W34" s="45"/>
+      <c r="X34" s="45"/>
+      <c r="Y34" s="45"/>
+      <c r="Z34" s="45"/>
+      <c r="AA34" s="45"/>
+      <c r="AB34" s="90"/>
+      <c r="AC34" s="90"/>
+      <c r="AD34" s="90"/>
+      <c r="AE34" s="91"/>
+    </row>
+    <row r="35" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B35" s="42">
+        <v>46018</v>
+      </c>
+      <c r="C35" s="43">
+        <v>31.9</v>
+      </c>
+      <c r="D35" s="49">
+        <v>7.32</v>
+      </c>
+      <c r="E35" s="49">
+        <v>56.2</v>
+      </c>
+      <c r="F35" s="49">
+        <v>8</v>
+      </c>
+      <c r="G35" s="49" t="s">
+        <v>94</v>
+      </c>
+      <c r="H35" s="44">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I35" s="50">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J35" s="50">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="K35" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L35" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M35" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N35" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O35" s="44">
+        <v>0.62</v>
+      </c>
+      <c r="P35" s="47">
+        <v>49</v>
+      </c>
+      <c r="Q35" s="45"/>
+      <c r="R35" s="45"/>
+      <c r="S35" s="85"/>
+      <c r="T35" s="85"/>
+      <c r="U35" s="85"/>
+      <c r="V35" s="85"/>
+      <c r="W35" s="85"/>
+      <c r="X35" s="85"/>
+      <c r="Y35" s="85"/>
+      <c r="Z35" s="85"/>
+      <c r="AA35" s="45"/>
+      <c r="AB35" s="90"/>
+      <c r="AC35" s="90"/>
+      <c r="AD35" s="90"/>
+      <c r="AE35" s="91"/>
+    </row>
+    <row r="36" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="42">
+        <v>46019</v>
+      </c>
+      <c r="C36" s="43">
+        <v>31.6</v>
+      </c>
+      <c r="D36" s="49">
+        <v>7.24</v>
+      </c>
+      <c r="E36" s="49">
+        <v>58.6</v>
+      </c>
+      <c r="F36" s="49">
+        <v>3</v>
+      </c>
+      <c r="G36" s="46" t="s">
+        <v>94</v>
+      </c>
+      <c r="H36" s="44">
+        <v>2.7</v>
+      </c>
+      <c r="I36" s="50">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J36" s="50">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="K36" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L36" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M36" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N36" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O36" s="44">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="P36" s="47">
+        <v>170</v>
+      </c>
+      <c r="Q36" s="45"/>
+      <c r="R36" s="45"/>
+      <c r="S36" s="45"/>
+      <c r="T36" s="45"/>
+      <c r="U36" s="45"/>
+      <c r="V36" s="45"/>
+      <c r="W36" s="45"/>
+      <c r="X36" s="45"/>
+      <c r="Y36" s="45"/>
+      <c r="Z36" s="45"/>
+      <c r="AA36" s="45"/>
+      <c r="AB36" s="90"/>
+      <c r="AC36" s="90"/>
+      <c r="AD36" s="90"/>
+      <c r="AE36" s="91"/>
+    </row>
+    <row r="37" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B37" s="42">
+        <v>46020</v>
+      </c>
+      <c r="C37" s="43">
+        <v>31.6</v>
+      </c>
+      <c r="D37" s="49">
+        <v>7.21</v>
+      </c>
+      <c r="E37" s="49">
+        <v>56.6</v>
+      </c>
+      <c r="F37" s="49">
+        <v>9</v>
+      </c>
+      <c r="G37" s="49">
+        <v>14</v>
+      </c>
+      <c r="H37" s="44">
+        <v>3.4</v>
+      </c>
+      <c r="I37" s="50">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J37" s="50">
+        <v>0.01</v>
+      </c>
+      <c r="K37" s="44">
+        <v>0.3</v>
+      </c>
+      <c r="L37" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M37" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N37" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O37" s="44">
+        <v>0.72</v>
+      </c>
+      <c r="P37" s="47">
+        <v>790</v>
+      </c>
+      <c r="Q37" s="45"/>
+      <c r="R37" s="45"/>
+      <c r="S37" s="45"/>
+      <c r="T37" s="45"/>
+      <c r="U37" s="45"/>
+      <c r="V37" s="45"/>
+      <c r="W37" s="45"/>
+      <c r="X37" s="45"/>
+      <c r="Y37" s="45"/>
+      <c r="Z37" s="45"/>
+      <c r="AA37" s="45"/>
+      <c r="AB37" s="90"/>
+      <c r="AC37" s="90"/>
+      <c r="AD37" s="90"/>
+      <c r="AE37" s="91"/>
+    </row>
+    <row r="38" spans="2:31" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B38" s="42">
+        <v>46021</v>
+      </c>
+      <c r="C38" s="43">
+        <v>30.7</v>
+      </c>
+      <c r="D38" s="49">
+        <v>7.1</v>
+      </c>
+      <c r="E38" s="49">
+        <v>54.6</v>
+      </c>
+      <c r="F38" s="49">
+        <v>2</v>
+      </c>
+      <c r="G38" s="49">
+        <v>26</v>
+      </c>
+      <c r="H38" s="44">
+        <v>2.4</v>
+      </c>
+      <c r="I38" s="50" t="s">
+        <v>101</v>
+      </c>
+      <c r="J38" s="50">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="K38" s="44">
+        <v>0.5</v>
+      </c>
+      <c r="L38" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="M38" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="N38" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="O38" s="44">
+        <v>0.46</v>
+      </c>
+      <c r="P38" s="47">
+        <v>330</v>
+      </c>
+      <c r="Q38" s="45">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="R38" s="45">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="S38" s="45">
+        <v>4.7E-2</v>
+      </c>
+      <c r="T38" s="45" t="s">
         <v>99</v>
       </c>
-      <c r="O8" s="45" t="s">
-[...88 lines deleted...]
-      <c r="N9" s="52" t="s">
+      <c r="U38" s="45" t="s">
         <v>100</v>
       </c>
-      <c r="O9" s="52">
-[...43 lines deleted...]
-      <c r="I10" s="58">
+      <c r="V38" s="45">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="W38" s="45">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="X38" s="45">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Y38" s="45" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z38" s="45">
+        <v>3.4000000000000002E-4</v>
+      </c>
+      <c r="AA38" s="45">
+        <v>3.4799999999999998E-2</v>
+      </c>
+      <c r="AB38" s="90"/>
+      <c r="AC38" s="90"/>
+      <c r="AD38" s="90"/>
+      <c r="AE38" s="91"/>
+    </row>
+    <row r="39" spans="2:31" s="56" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="51">
+        <v>46022</v>
+      </c>
+      <c r="C39" s="52">
+        <v>30.9</v>
+      </c>
+      <c r="D39" s="53">
+        <v>7.19</v>
+      </c>
+      <c r="E39" s="53">
+        <v>70.2</v>
+      </c>
+      <c r="F39" s="53">
+        <v>12</v>
+      </c>
+      <c r="G39" s="54" t="s">
+        <v>107</v>
+      </c>
+      <c r="H39" s="54">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I39" s="82">
         <v>8.9999999999999993E-3</v>
       </c>
-      <c r="J10" s="58">
-[...2 lines deleted...]
-      <c r="K10" s="58">
+      <c r="J39" s="82">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K39" s="53">
         <v>0.3</v>
       </c>
-      <c r="L10" s="58" t="s">
-[...47 lines deleted...]
-      <c r="AB10" s="61" t="s">
+      <c r="L39" s="54" t="s">
+        <v>92</v>
+      </c>
+      <c r="M39" s="54" t="s">
+        <v>92</v>
+      </c>
+      <c r="N39" s="54" t="s">
         <v>93</v>
       </c>
-      <c r="AC10" s="61" t="s">
-[...508 lines deleted...]
-      <c r="P18" s="66">
+      <c r="O39" s="55">
+        <v>0.53</v>
+      </c>
+      <c r="P39" s="83">
         <v>230</v>
       </c>
-      <c r="Q18" s="60"/>
-[...1351 lines deleted...]
-      <c r="AE39" s="78"/>
+      <c r="Q39" s="86"/>
+      <c r="R39" s="86"/>
+      <c r="S39" s="86"/>
+      <c r="T39" s="86"/>
+      <c r="U39" s="86"/>
+      <c r="V39" s="86"/>
+      <c r="W39" s="86"/>
+      <c r="X39" s="86"/>
+      <c r="Y39" s="86"/>
+      <c r="Z39" s="86"/>
+      <c r="AA39" s="86"/>
+      <c r="AB39" s="86"/>
+      <c r="AC39" s="86"/>
+      <c r="AD39" s="86"/>
+      <c r="AE39" s="92"/>
     </row>
     <row r="40" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="B40" s="80"/>
-      <c r="C40" s="80"/>
+      <c r="B40" s="57"/>
+      <c r="C40" s="57"/>
     </row>
     <row r="41" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B41" s="8" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C41" s="8"/>
     </row>
     <row r="42" spans="2:31" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="92"/>
-[...12 lines deleted...]
-      <c r="O42" s="81"/>
+      <c r="B42" s="68"/>
+      <c r="C42" s="68"/>
+      <c r="D42" s="68"/>
+      <c r="E42" s="68"/>
+      <c r="F42" s="68"/>
+      <c r="G42" s="68"/>
+      <c r="H42" s="68"/>
+      <c r="I42" s="68"/>
+      <c r="J42" s="68"/>
+      <c r="K42" s="68"/>
+      <c r="L42" s="68"/>
+      <c r="M42" s="68"/>
+      <c r="N42" s="58"/>
+      <c r="O42" s="58"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B42:M42"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010032171F3A1596D14CB184060064F03D4C" ma:contentTypeVersion="16" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="a41da02cd021af08ce56f69de9d6746c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="93ee1813-fe80-4d7e-ad7d-2d00e41268fe" xmlns:ns3="77e756da-d314-4223-b251-da65f427d86d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="59b4482f3b46b09009511d69cbd469ea" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="77e756da-d314-4223-b251-da65f427d86d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="93ee1813-fe80-4d7e-ad7d-2d00e41268fe" xsi:nil="true"/>
+    <SharedWithUsers xmlns="93ee1813-fe80-4d7e-ad7d-2d00e41268fe">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="77e756da-d314-4223-b251-da65f427d86d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010032171F3A1596D14CB184060064F03D4C" ma:contentTypeVersion="16" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="89da14987b85c338b6162336ee536a90">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="93ee1813-fe80-4d7e-ad7d-2d00e41268fe" xmlns:ns3="77e756da-d314-4223-b251-da65f427d86d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d2dab65eb337693c3248a80f65b2eed" ns2:_="" ns3:_="">
     <xsd:import namespace="93ee1813-fe80-4d7e-ad7d-2d00e41268fe"/>
     <xsd:import namespace="77e756da-d314-4223-b251-da65f427d86d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6069,120 +6172,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AF59930-58B0-4ED5-94EC-74EFFC8EBDB1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D387883E-AAF4-4F93-8F2F-F4491312B9A0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="77e756da-d314-4223-b251-da65f427d86d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="93ee1813-fe80-4d7e-ad7d-2d00e41268fe"/>
-    <ds:schemaRef ds:uri="77e756da-d314-4223-b251-da65f427d86d"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D387883E-AAF4-4F93-8F2F-F4491312B9A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1889A0B-A129-415E-AEB3-E036095E14BF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="77e756da-d314-4223-b251-da65f427d86d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1889A0B-A129-415E-AEB3-E036095E14BF}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA4CCF19-B1BA-4376-8AEE-C2E5984278A5}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{8e61996e-cafd-4c9a-8a94-2dc1b82131ae}" enabled="1" method="Standard" siteId="{5b6f6241-9a57-4be4-8e50-1dfa72e79a57}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">