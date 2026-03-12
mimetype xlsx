--- v1 (2026-01-21)
+++ v2 (2026-03-12)
@@ -1,243 +1,243 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29816"/>
   <workbookPr codeName="EstaPastaDeTrabalho" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://petrobrasbr.sharepoint.com/teams/bdoc_20240306045002/Documentos Compartilhados/REFAP/LICENCIAMENTO AMBIENTAL/FEPAM/Divulgaçao SITE/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://petrobrasbr.sharepoint.com/teams/bdoc_20240306045002/Documentos Compartilhados/REFAP/LICENCIAMENTO AMBIENTAL/FEPAM/Divulgaçao SITE/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="46" documentId="8_{FD1528DE-96ED-406E-8038-42F3E05DE28C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DBEF4EBF-7EC4-4FBA-8159-31E4DF35AD5D}"/>
+  <xr:revisionPtr revIDLastSave="29" documentId="8_{53BAAE22-086A-4D8E-B569-29A382F79E57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{135B410C-31F6-48BC-AD27-E139C7DE3668}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="601" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-21720" yWindow="-45" windowWidth="21840" windowHeight="13020" tabRatio="601" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Emissões Atmosféricas" sheetId="10" r:id="rId1"/>
     <sheet name="Efluentes Liquidos" sheetId="11" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K22" i="10" l="1" a="1"/>
-[...1 lines deleted...]
-  <c r="K11" i="10" a="1"/>
+  <c r="L12" i="10" l="1" a="1"/>
+  <c r="L11" i="10" a="1"/>
+  <c r="K30" i="10" a="1"/>
+  <c r="K19" i="10" a="1"/>
+  <c r="K15" i="10" a="1"/>
+  <c r="L27" i="10" a="1"/>
+  <c r="K21" i="10" a="1"/>
+  <c r="L15" i="10" a="1"/>
   <c r="L31" i="10" a="1"/>
-  <c r="K16" i="10" a="1"/>
-[...1 lines deleted...]
-  <c r="K32" i="10" a="1"/>
+  <c r="L33" i="10" a="1"/>
+  <c r="L24" i="10" a="1"/>
+  <c r="L19" i="10" a="1"/>
+  <c r="K36" i="10" a="1"/>
+  <c r="K13" i="10" a="1"/>
+  <c r="L37" i="10" a="1"/>
+  <c r="K29" i="10" a="1"/>
   <c r="L22" i="10" a="1"/>
-  <c r="L10" i="10" a="1"/>
+  <c r="K10" i="10" a="1"/>
+  <c r="L21" i="10" a="1"/>
+  <c r="L23" i="10" a="1"/>
   <c r="L34" i="10" a="1"/>
-  <c r="L28" i="10" a="1"/>
-[...22 lines deleted...]
-  <c r="K36" i="10" a="1"/>
   <c r="L36" i="10" a="1"/>
-  <c r="L12" i="10" a="1"/>
-[...23 lines deleted...]
-  <c r="L25" i="10" a="1"/>
   <c r="K7" i="10" a="1"/>
   <c r="L7" i="10" a="1"/>
-  <c r="L30" i="10" l="1"/>
+  <c r="K35" i="10" a="1"/>
+  <c r="K33" i="10" a="1"/>
+  <c r="L18" i="10" a="1"/>
+  <c r="K23" i="10" a="1"/>
+  <c r="L30" i="10" a="1"/>
+  <c r="K11" i="10" a="1"/>
+  <c r="L16" i="10" a="1"/>
+  <c r="K16" i="10" a="1"/>
+  <c r="K12" i="10" a="1"/>
+  <c r="L10" i="10" a="1"/>
+  <c r="K37" i="10" a="1"/>
+  <c r="L9" i="10" a="1"/>
+  <c r="K8" i="10" a="1"/>
+  <c r="L28" i="10" a="1"/>
+  <c r="L17" i="10" a="1"/>
+  <c r="K31" i="10" a="1"/>
+  <c r="K27" i="10" a="1"/>
+  <c r="L29" i="10" a="1"/>
+  <c r="K24" i="10" a="1"/>
+  <c r="K25" i="10" a="1"/>
+  <c r="K18" i="10" a="1"/>
+  <c r="L35" i="10" a="1"/>
+  <c r="K9" i="10" a="1"/>
+  <c r="L20" i="10" a="1"/>
+  <c r="K32" i="10" a="1"/>
+  <c r="L25" i="10" a="1"/>
+  <c r="K26" i="10" a="1"/>
+  <c r="K20" i="10" a="1"/>
+  <c r="L14" i="10" a="1"/>
+  <c r="K34" i="10" a="1"/>
+  <c r="L26" i="10" a="1"/>
+  <c r="L8" i="10" a="1"/>
+  <c r="L32" i="10" a="1"/>
+  <c r="L13" i="10" a="1"/>
+  <c r="K22" i="10" a="1"/>
+  <c r="K28" i="10" a="1"/>
+  <c r="K14" i="10" a="1"/>
+  <c r="K17" i="10" a="1"/>
+  <c r="K17" i="10" l="1"/>
+  <c r="K14" i="10"/>
+  <c r="K28" i="10"/>
+  <c r="K22" i="10"/>
+  <c r="L13" i="10"/>
+  <c r="L32" i="10"/>
+  <c r="L8" i="10"/>
+  <c r="L26" i="10"/>
+  <c r="K34" i="10"/>
+  <c r="L14" i="10"/>
+  <c r="K20" i="10"/>
+  <c r="K26" i="10"/>
+  <c r="L25" i="10"/>
+  <c r="K32" i="10"/>
+  <c r="L20" i="10"/>
+  <c r="K9" i="10"/>
+  <c r="L35" i="10"/>
+  <c r="K18" i="10"/>
+  <c r="K25" i="10"/>
+  <c r="K24" i="10"/>
+  <c r="L29" i="10"/>
+  <c r="K27" i="10"/>
+  <c r="K31" i="10"/>
+  <c r="L17" i="10"/>
+  <c r="L28" i="10"/>
+  <c r="K8" i="10"/>
+  <c r="L9" i="10"/>
+  <c r="K37" i="10"/>
+  <c r="L10" i="10"/>
+  <c r="K12" i="10"/>
   <c r="K16" i="10"/>
+  <c r="L16" i="10"/>
+  <c r="K11" i="10"/>
+  <c r="L30" i="10"/>
+  <c r="K23" i="10"/>
+  <c r="L18" i="10"/>
+  <c r="K33" i="10"/>
+  <c r="K35" i="10"/>
+  <c r="L7" i="10"/>
+  <c r="K7" i="10"/>
+  <c r="L36" i="10"/>
+  <c r="L34" i="10"/>
   <c r="L23" i="10"/>
-  <c r="L18" i="10"/>
+  <c r="L21" i="10"/>
+  <c r="K10" i="10"/>
+  <c r="L22" i="10"/>
+  <c r="K29" i="10"/>
+  <c r="L37" i="10"/>
+  <c r="K13" i="10"/>
+  <c r="K36" i="10"/>
   <c r="L19" i="10"/>
-  <c r="K17" i="10"/>
-[...1 lines deleted...]
-  <c r="K27" i="10"/>
+  <c r="L24" i="10"/>
+  <c r="L33" i="10"/>
+  <c r="L31" i="10"/>
   <c r="L15" i="10"/>
-  <c r="L17" i="10"/>
-[...2 lines deleted...]
-  <c r="L31" i="10"/>
+  <c r="K21" i="10"/>
+  <c r="L27" i="10"/>
+  <c r="K15" i="10"/>
+  <c r="K19" i="10"/>
+  <c r="K30" i="10"/>
   <c r="L11" i="10"/>
-  <c r="K12" i="10"/>
-[...43 lines deleted...]
-  <c r="K28" i="10"/>
   <c r="L12" i="10"/>
-  <c r="L26" i="10"/>
-  <c r="L28" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="110">
   <si>
     <t>PETROBRAS  REFAP</t>
   </si>
   <si>
     <t>EMISSÕES ATMOSFÉRICAS</t>
   </si>
   <si>
     <t>FONTE</t>
   </si>
   <si>
     <t>UCR F-650001A/B</t>
   </si>
   <si>
     <t>URFCC F-300006</t>
   </si>
   <si>
     <t>UHDT F-700001 -</t>
   </si>
   <si>
     <t>UGH II F-704001 -</t>
   </si>
   <si>
     <t>UHDT II F-710001 -</t>
   </si>
   <si>
@@ -349,60 +349,69 @@
   <si>
     <t>DATA</t>
   </si>
   <si>
     <r>
       <t>mg/Nm</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
   </si>
   <si>
     <t>mg/Nm3</t>
   </si>
   <si>
     <t>g/s</t>
   </si>
   <si>
+    <t>Nota 1</t>
+  </si>
+  <si>
     <t xml:space="preserve">COMENTÁRIOS </t>
   </si>
   <si>
+    <t>Nota 1 - Analisador em manutenção</t>
+  </si>
+  <si>
     <t>PLANILHA DE ACOMPANHAMENTO DE EFLUENTES LÍQUIDOS</t>
   </si>
   <si>
     <t>RAZÃO SOCIAL: Petróleo Brasileiro S/A - Petrobras</t>
   </si>
   <si>
     <t>ENDEREÇO: Av. Getúlio Vargas, 11001, Canoas - RS</t>
+  </si>
+  <si>
+    <t>MÊS/ANO: JANEIRO/2026</t>
   </si>
   <si>
     <t>PARÂMETRO</t>
   </si>
   <si>
     <t>Temperatura
 da água</t>
   </si>
   <si>
     <t>pH</t>
   </si>
   <si>
     <t>DQO</t>
   </si>
   <si>
     <t>DBO5</t>
   </si>
   <si>
     <t>Sólidos
 suspensos
 Totais</t>
   </si>
   <si>
     <t>NH3</t>
   </si>
@@ -557,112 +566,106 @@
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>g/L</t>
     </r>
   </si>
   <si>
     <r>
       <t>&lt;=0,84 m</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>g/L</t>
     </r>
   </si>
   <si>
+    <t>&lt;3</t>
+  </si>
+  <si>
     <t>&lt;5,0</t>
   </si>
   <si>
     <t>&lt;1</t>
   </si>
   <si>
     <t>&lt;10</t>
   </si>
   <si>
-    <t>&lt;0,00002</t>
+    <t>&lt;0,001</t>
+  </si>
+  <si>
+    <t>&lt;0,4</t>
   </si>
   <si>
     <t>&lt;0,00008</t>
   </si>
   <si>
     <t>&lt;0,0005</t>
   </si>
   <si>
     <t>&lt;0,1</t>
   </si>
   <si>
-    <t>&lt;0,0024</t>
-[...1 lines deleted...]
-  <si>
     <t>&lt;0,0002</t>
   </si>
   <si>
     <t>&lt;0,002</t>
   </si>
   <si>
-    <t>&lt;0,0007</t>
+    <t>&lt;0,0001</t>
+  </si>
+  <si>
+    <t>&lt;0,009</t>
+  </si>
+  <si>
+    <t>&lt;0,01</t>
   </si>
   <si>
     <t>COMENTÁRIOS:</t>
-  </si>
-[...13 lines deleted...]
-    <t>&lt;0,008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="0.00000"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="23">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -789,51 +792,51 @@
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="35">
+  <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
@@ -996,204 +999,58 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...44 lines deleted...]
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...97 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
@@ -1243,50 +1100,175 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="40" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="93">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
@@ -1339,235 +1321,235 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="15" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="2" fontId="15" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="15" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="15" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="20" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="20" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="15" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="15" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="20" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="20" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="15" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="15" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...55 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Planilha1" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1846,4085 +1828,4063 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Planilha1"/>
   <dimension ref="A1:O54"/>
   <sheetViews>
-    <sheetView topLeftCell="A12" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="E17" sqref="E17"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="N20" sqref="N20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="18.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="12" width="19.54296875" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="18.85546875" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="1" customWidth="1"/>
+    <col min="3" max="10" width="19.5703125" customWidth="1"/>
+    <col min="11" max="12" width="19.5703125" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="19" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:12" ht="19.5" thickBot="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="13"/>
       <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="14"/>
       <c r="E1" s="12"/>
       <c r="F1" s="14"/>
       <c r="G1" s="14"/>
       <c r="H1" s="14"/>
       <c r="I1" s="15"/>
       <c r="J1" s="15"/>
       <c r="K1" s="13"/>
       <c r="L1" s="13"/>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:12">
       <c r="A2" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="17" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="17" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="18" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="65" t="s">
+      <c r="I2" s="62" t="s">
         <v>10</v>
       </c>
-      <c r="J2" s="66"/>
-      <c r="K2" s="65" t="s">
+      <c r="J2" s="63"/>
+      <c r="K2" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="67"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:12" hidden="1" x14ac:dyDescent="0.35">
+      <c r="L2" s="64"/>
+    </row>
+    <row r="3" spans="1:12" hidden="1">
       <c r="A3" s="19" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="20" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E3" s="20" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="21" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="22" t="s">
         <v>18</v>
       </c>
       <c r="H3" s="22" t="s">
         <v>19</v>
       </c>
       <c r="I3" s="20" t="s">
         <v>20</v>
       </c>
       <c r="J3" s="23" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="20" t="s">
         <v>22</v>
       </c>
       <c r="L3" s="24" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="16.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12" ht="18">
       <c r="A4" s="25" t="s">
         <v>24</v>
       </c>
       <c r="B4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="27" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="27" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="27" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="27" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="26" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="26" t="s">
         <v>27</v>
       </c>
       <c r="L4" s="28" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12">
       <c r="A5" s="25" t="s">
         <v>28</v>
       </c>
       <c r="B5" s="26">
         <v>200</v>
       </c>
       <c r="C5" s="26">
         <v>200</v>
       </c>
       <c r="D5" s="27">
         <v>200</v>
       </c>
       <c r="E5" s="27">
         <v>150</v>
       </c>
       <c r="F5" s="27">
         <v>200</v>
       </c>
       <c r="G5" s="26">
         <v>200</v>
       </c>
       <c r="H5" s="26">
         <v>200</v>
       </c>
       <c r="I5" s="27">
         <v>84.28</v>
       </c>
       <c r="J5" s="26">
         <v>300</v>
       </c>
       <c r="K5" s="26">
         <v>50</v>
       </c>
       <c r="L5" s="28">
         <v>150</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:12" ht="15.75" thickBot="1">
       <c r="A6" s="29" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="26" t="s">
         <v>30</v>
       </c>
       <c r="K6" s="9" t="s">
         <v>30</v>
       </c>
       <c r="L6" s="11" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12">
       <c r="A7" s="30">
-        <v>45992</v>
+        <v>46023</v>
       </c>
       <c r="B7" s="31">
-        <v>98.619687499999998</v>
+        <v>113.08652777777777</v>
       </c>
       <c r="C7" s="31">
-        <v>128.91791666666666</v>
+        <v>124.89081018518519</v>
       </c>
       <c r="D7" s="31">
-        <v>129.48777777777778</v>
+        <v>118.13291666666667</v>
       </c>
       <c r="E7" s="31">
-        <v>45.954131944444441</v>
+        <v>62.668472222222221</v>
       </c>
       <c r="F7" s="31">
-        <v>71.283124999999998</v>
+        <v>81.184328703703699</v>
       </c>
       <c r="G7" s="31">
-        <v>53.546319444444443</v>
+        <v>51.018217592592592</v>
       </c>
       <c r="H7" s="31">
-        <v>55.22826388888889</v>
+        <v>81.307662037037034</v>
       </c>
       <c r="I7" s="31">
-        <v>58.36441875722673</v>
+        <v>71.157907218756506</v>
       </c>
       <c r="J7" s="31">
-        <v>49.648194444444442</v>
+        <v>41.706736111111113</v>
       </c>
       <c r="K7" s="31" cm="1">
         <f t="array" ref="K7">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A7,' Emissões Atmosféricas'!$A8,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>165.06170138888888</v>
+        <v>5087.8953009259258</v>
       </c>
       <c r="L7" s="31" cm="1">
         <f t="array" ref="L7">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A7,' Emissões Atmosféricas'!$A8,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>218.0076736111111</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+        <v>67.267083333333332</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
       <c r="A8" s="30">
-        <v>45993</v>
+        <v>46024</v>
       </c>
       <c r="B8" s="31">
-        <v>102.175625</v>
+        <v>117.1500462962963</v>
       </c>
       <c r="C8" s="31">
-        <v>123.35350694444445</v>
+        <v>123.98440972222222</v>
       </c>
       <c r="D8" s="31">
-        <v>115.57201388888889</v>
+        <v>118.12391203703703</v>
       </c>
       <c r="E8" s="31">
-        <v>51.213680555555555</v>
+        <v>64.681053240740738</v>
       </c>
       <c r="F8" s="31">
-        <v>75.554305555555558</v>
+        <v>77.963611111111106</v>
       </c>
       <c r="G8" s="31">
-        <v>54.4402662037037</v>
+        <v>51.246898148148148</v>
       </c>
       <c r="H8" s="31">
-        <v>65.220277777777781</v>
+        <v>75.622384259259263</v>
       </c>
       <c r="I8" s="31">
-        <v>57.962385061317022</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>70.008846219292394</v>
+      </c>
+      <c r="J8" s="31">
+        <v>105.99895833333333</v>
       </c>
       <c r="K8" s="31" cm="1">
         <f t="array" ref="K8">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A8,' Emissões Atmosféricas'!$A9,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>10650.788645833334</v>
+        <v>7990.0654976851856</v>
       </c>
       <c r="L8" s="31" cm="1">
         <f t="array" ref="L8">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A8,' Emissões Atmosféricas'!$A9,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>2964.8102083333333</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+        <v>93.51567129629629</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
       <c r="A9" s="30">
-        <v>45994</v>
+        <v>46025</v>
       </c>
       <c r="B9" s="31">
-        <v>98.165277777777774</v>
+        <v>117.98092592592593</v>
       </c>
       <c r="C9" s="31">
-        <v>123.83142361111111</v>
+        <v>131.5051736111111</v>
       </c>
       <c r="D9" s="31">
-        <v>131.65001157407409</v>
+        <v>109.86305555555556</v>
       </c>
       <c r="E9" s="31">
-        <v>49.578553240740739</v>
+        <v>67.911759259259256</v>
       </c>
       <c r="F9" s="31">
-        <v>73.087696759259259</v>
+        <v>74.649930555555557</v>
       </c>
       <c r="G9" s="31">
-        <v>55.821898148148151</v>
+        <v>53.771631944444444</v>
       </c>
       <c r="H9" s="31">
-        <v>62.231168981481481</v>
+        <v>53.738634259259257</v>
       </c>
       <c r="I9" s="31">
-        <v>56.742161435109601</v>
-[...2 lines deleted...]
-        <v>50.560613425925929</v>
+        <v>65.744053215936376</v>
+      </c>
+      <c r="J9" s="31" t="s">
+        <v>33</v>
       </c>
       <c r="K9" s="31" cm="1">
         <f t="array" ref="K9">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A9,' Emissões Atmosféricas'!$A10,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>208.75385416666666</v>
+        <v>5478.6771064814811</v>
       </c>
       <c r="L9" s="31" cm="1">
         <f t="array" ref="L9">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A9,' Emissões Atmosféricas'!$A10,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>265.87621527777776</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+        <v>57.132349537037037</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" s="30">
-        <v>45995</v>
+        <v>46026</v>
       </c>
       <c r="B10" s="31">
-        <v>102.13042824074074</v>
+        <v>113.31587962962963</v>
       </c>
       <c r="C10" s="31">
-        <v>116.90282407407408</v>
+        <v>127.5559375</v>
       </c>
       <c r="D10" s="31">
-        <v>138.67743055555556</v>
+        <v>103.67726851851852</v>
       </c>
       <c r="E10" s="31">
-        <v>50.219282407407405</v>
+        <v>64.399675925925919</v>
       </c>
       <c r="F10" s="31">
-        <v>66.610023148148144</v>
+        <v>59.13974537037037</v>
       </c>
       <c r="G10" s="31">
-        <v>55.701111111111111</v>
+        <v>56.404166666666669</v>
       </c>
       <c r="H10" s="31">
-        <v>59.01840277777778</v>
+        <v>50.275856481481483</v>
       </c>
       <c r="I10" s="31">
-        <v>55.811665652725431</v>
-[...2 lines deleted...]
-        <v>52.242789351851854</v>
+        <v>53.85967244059951</v>
+      </c>
+      <c r="J10" s="31" t="s">
+        <v>33</v>
       </c>
       <c r="K10" s="31" cm="1">
         <f t="array" ref="K10">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A10,' Emissões Atmosféricas'!$A11,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>227.27340277777779</v>
+        <v>5242.3081249999996</v>
       </c>
       <c r="L10" s="31" cm="1">
         <f t="array" ref="L10">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A10,' Emissões Atmosféricas'!$A11,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>1349.3152430555556</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+        <v>45.534050925925925</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
       <c r="A11" s="30">
-        <v>45996</v>
+        <v>46027</v>
       </c>
       <c r="B11" s="31">
-        <v>98.592280092592588</v>
+        <v>114.00381944444445</v>
       </c>
       <c r="C11" s="31">
-        <v>109.11156250000001</v>
+        <v>121.90585648148148</v>
       </c>
       <c r="D11" s="31">
-        <v>126.83697916666667</v>
+        <v>106.46453703703703</v>
       </c>
       <c r="E11" s="31">
-        <v>48.346770833333331</v>
+        <v>62.344837962962963</v>
       </c>
       <c r="F11" s="31">
-        <v>78.862453703703707</v>
+        <v>70.940162037037041</v>
       </c>
       <c r="G11" s="31">
-        <v>54.729490740740744</v>
+        <v>55.138425925925922</v>
       </c>
       <c r="H11" s="31">
-        <v>58.910868055555554</v>
+        <v>47.562939814814818</v>
       </c>
       <c r="I11" s="31">
-        <v>58.986031408177482</v>
-[...2 lines deleted...]
-        <v>57.583287037037039</v>
+        <v>23.549414497348998</v>
+      </c>
+      <c r="J11" s="31" t="s">
+        <v>33</v>
       </c>
       <c r="K11" s="31" cm="1">
         <f t="array" ref="K11">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A11,' Emissões Atmosféricas'!$A12,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>340.06479166666668</v>
+        <v>5163.1763657407409</v>
       </c>
       <c r="L11" s="31" cm="1">
         <f t="array" ref="L11">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A11,' Emissões Atmosféricas'!$A12,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+        <v>32.131851851851849</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
       <c r="A12" s="30">
-        <v>45997</v>
+        <v>46028</v>
       </c>
       <c r="B12" s="31">
-        <v>98.45306712962963</v>
+        <v>118.6725</v>
       </c>
       <c r="C12" s="31">
-        <v>112.65130787037037</v>
+        <v>123.61324074074074</v>
       </c>
       <c r="D12" s="31">
-        <v>124.84959490740741</v>
+        <v>116.51131944444444</v>
       </c>
       <c r="E12" s="31">
-        <v>49.214791666666663</v>
+        <v>61.319699074074073</v>
       </c>
       <c r="F12" s="31">
-        <v>78.360960648148151</v>
+        <v>65.801064814814808</v>
       </c>
       <c r="G12" s="31">
-        <v>52.829490740740738</v>
+        <v>54.449236111111112</v>
       </c>
       <c r="H12" s="31">
-        <v>60.481377314814814</v>
+        <v>50.844236111111108</v>
       </c>
       <c r="I12" s="31">
-        <v>60.642504094000216</v>
-[...2 lines deleted...]
-        <v>53.113969907407409</v>
+        <v>66.701699880140794</v>
+      </c>
+      <c r="J12" s="31" t="s">
+        <v>33</v>
       </c>
       <c r="K12" s="31" cm="1">
         <f t="array" ref="K12">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A12,' Emissões Atmosféricas'!$A13,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>540</v>
+        <v>5030.4075694444446</v>
       </c>
       <c r="L12" s="31" cm="1">
         <f t="array" ref="L12">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A12,' Emissões Atmosféricas'!$A13,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+        <v>23.397060185185186</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
       <c r="A13" s="30">
-        <v>45998</v>
+        <v>46029</v>
       </c>
       <c r="B13" s="31">
-        <v>102.48055555555555</v>
+        <v>120.56719907407407</v>
       </c>
       <c r="C13" s="31">
-        <v>112.46817129629629</v>
+        <v>125.98435185185186</v>
       </c>
       <c r="D13" s="31">
-        <v>128.8933449074074</v>
+        <v>117.28842592592592</v>
       </c>
       <c r="E13" s="31">
-        <v>52.069768518518515</v>
+        <v>66.780393518518522</v>
       </c>
       <c r="F13" s="31">
-        <v>89.352291666666673</v>
+        <v>70.036597222222227</v>
       </c>
       <c r="G13" s="31">
-        <v>48.969444444444441</v>
+        <v>56.710046296296298</v>
       </c>
       <c r="H13" s="31">
-        <v>61.966782407407408</v>
+        <v>58.160509259259257</v>
       </c>
       <c r="I13" s="31">
-        <v>62.668841461782101</v>
+        <v>70.462069878401579</v>
       </c>
       <c r="J13" s="31">
-        <v>52.870995370370373</v>
+        <v>52.720509259259259</v>
       </c>
       <c r="K13" s="31" cm="1">
         <f t="array" ref="K13">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A13,' Emissões Atmosféricas'!$A14,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>540</v>
+        <v>5844.8581249999997</v>
       </c>
       <c r="L13" s="31" cm="1">
         <f t="array" ref="L13">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A13,' Emissões Atmosféricas'!$A14,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+        <v>16.610416666666666</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
       <c r="A14" s="30">
-        <v>45999</v>
+        <v>46030</v>
       </c>
       <c r="B14" s="31">
-        <v>100.47152777777778</v>
+        <v>111.67918981481482</v>
       </c>
       <c r="C14" s="31">
-        <v>109.72859953703704</v>
+        <v>124.89091435185185</v>
       </c>
       <c r="D14" s="31">
-        <v>127.04856481481481</v>
+        <v>113.52795138888889</v>
       </c>
       <c r="E14" s="31">
-        <v>49.952083333333334</v>
+        <v>60.771273148148147</v>
       </c>
       <c r="F14" s="31">
-        <v>73.94640046296297</v>
+        <v>72.74502314814815</v>
       </c>
       <c r="G14" s="31">
-        <v>48.709108796296299</v>
+        <v>53.358229166666668</v>
       </c>
       <c r="H14" s="31">
-        <v>58.211226851851855</v>
+        <v>52.505648148148147</v>
       </c>
       <c r="I14" s="31">
-        <v>62.922752746652677</v>
+        <v>65.719515662723111</v>
       </c>
       <c r="J14" s="31">
-        <v>53.330925925925925</v>
+        <v>66.968391203703703</v>
       </c>
       <c r="K14" s="31" cm="1">
         <f t="array" ref="K14">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A14,' Emissões Atmosféricas'!$A15,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>540</v>
+        <v>6156.1394444444441</v>
       </c>
       <c r="L14" s="31" cm="1">
         <f t="array" ref="L14">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A14,' Emissões Atmosféricas'!$A15,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+        <v>14.457384259259259</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
       <c r="A15" s="30">
-        <v>46000</v>
+        <v>46031</v>
       </c>
       <c r="B15" s="31">
-        <v>96.185821759259255</v>
+        <v>104.51895833333333</v>
       </c>
       <c r="C15" s="31">
-        <v>106.35416666666667</v>
+        <v>118.98075231481481</v>
       </c>
       <c r="D15" s="31">
-        <v>126.51902777777778</v>
+        <v>112.50166666666667</v>
       </c>
       <c r="E15" s="31">
-        <v>46.058738425925924</v>
+        <v>59.75164351851852</v>
       </c>
       <c r="F15" s="31">
-        <v>67.385416666666671</v>
+        <v>80.352916666666673</v>
       </c>
       <c r="G15" s="31">
-        <v>48.256006944444444</v>
+        <v>53.295509259259262</v>
       </c>
       <c r="H15" s="31">
-        <v>43.861886574074077</v>
+        <v>55.222870370370373</v>
       </c>
       <c r="I15" s="31">
-        <v>67.656864320790319</v>
+        <v>65.667969720805132</v>
       </c>
       <c r="J15" s="31">
-        <v>70.217592592592595</v>
+        <v>65.274097222222224</v>
       </c>
       <c r="K15" s="31" cm="1">
         <f t="array" ref="K15">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A15,' Emissões Atmosféricas'!$A16,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>540</v>
+        <v>6548.5670717592593</v>
       </c>
       <c r="L15" s="31" cm="1">
         <f t="array" ref="L15">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A15,' Emissões Atmosféricas'!$A16,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7.8779745370370371</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
       <c r="A16" s="30">
-        <v>46001</v>
+        <v>46032</v>
       </c>
       <c r="B16" s="31">
-        <v>95.758287037037036</v>
+        <v>104.17164351851852</v>
       </c>
       <c r="C16" s="31">
-        <v>106.55371527777778</v>
+        <v>118.94871527777778</v>
       </c>
       <c r="D16" s="31">
-        <v>122.53694444444444</v>
+        <v>116.098125</v>
       </c>
       <c r="E16" s="31">
-        <v>45.086678240740738</v>
+        <v>62.000648148148152</v>
       </c>
       <c r="F16" s="31">
-        <v>67.560115740740741</v>
+        <v>80.289189814814819</v>
       </c>
       <c r="G16" s="31">
-        <v>49.279849537037038</v>
+        <v>53.875532407407405</v>
       </c>
       <c r="H16" s="31">
-        <v>42.915520833333332</v>
+        <v>60.959930555555559</v>
       </c>
       <c r="I16" s="31">
-        <v>70.573913517969629</v>
+        <v>61.366540126447326</v>
       </c>
       <c r="J16" s="31">
-        <v>40.371041666666663</v>
+        <v>62.944884259259261</v>
       </c>
       <c r="K16" s="31" cm="1">
         <f t="array" ref="K16">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A16,' Emissões Atmosféricas'!$A17,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>540</v>
+        <v>6661.4878009259255</v>
       </c>
       <c r="L16" s="31" cm="1">
         <f t="array" ref="L16">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A16,' Emissões Atmosféricas'!$A17,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+        <v>5.4385879629629628</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
       <c r="A17" s="30">
-        <v>46002</v>
+        <v>46033</v>
       </c>
       <c r="B17" s="31">
-        <v>93.664259259259254</v>
+        <v>106.17210648148148</v>
       </c>
       <c r="C17" s="31">
-        <v>119.16315972222222</v>
+        <v>122.42938657407407</v>
       </c>
       <c r="D17" s="31">
-        <v>129.3217013888889</v>
+        <v>114.11296296296297</v>
       </c>
       <c r="E17" s="31">
-        <v>46.461770833333333</v>
+        <v>63.477986111111115</v>
       </c>
       <c r="F17" s="31">
-        <v>72.147395833333334</v>
+        <v>76.535856481481488</v>
       </c>
       <c r="G17" s="31">
-        <v>51.274363425925927</v>
+        <v>54.920706018518516</v>
       </c>
       <c r="H17" s="31">
-        <v>49.256782407407407</v>
+        <v>61.71875</v>
       </c>
       <c r="I17" s="31">
-        <v>66.056835839130258</v>
+        <v>61.102629855032319</v>
       </c>
       <c r="J17" s="31">
-        <v>39.827372685185182</v>
+        <v>64.439826388888889</v>
       </c>
       <c r="K17" s="31" cm="1">
         <f t="array" ref="K17">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A17,' Emissões Atmosféricas'!$A18,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>540</v>
+        <v>6291.4638541666664</v>
       </c>
       <c r="L17" s="31" cm="1">
         <f t="array" ref="L17">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A17,' Emissões Atmosféricas'!$A18,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+        <v>3.0623842592592592</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
       <c r="A18" s="30">
-        <v>46003</v>
+        <v>46034</v>
       </c>
       <c r="B18" s="31">
-        <v>94.084062500000002</v>
+        <v>106.82703703703703</v>
       </c>
       <c r="C18" s="31">
-        <v>119.00037037037038</v>
+        <v>123.83724537037037</v>
       </c>
       <c r="D18" s="31">
-        <v>130.96697916666668</v>
+        <v>117.48893518518518</v>
       </c>
       <c r="E18" s="31">
-        <v>51.227164351851854</v>
+        <v>62.281203703703703</v>
       </c>
       <c r="F18" s="31">
-        <v>64.74444444444444</v>
+        <v>74.366180555555559</v>
       </c>
       <c r="G18" s="31">
-        <v>51.324861111111112</v>
+        <v>55.458564814814814</v>
       </c>
       <c r="H18" s="31">
-        <v>55.108321759259262</v>
+        <v>60.682800925925925</v>
       </c>
       <c r="I18" s="31">
-        <v>62.629225217413023</v>
+        <v>62.069828237692512</v>
       </c>
       <c r="J18" s="31">
-        <v>39.332800925925923</v>
+        <v>49.167060185185186</v>
       </c>
       <c r="K18" s="31" cm="1">
         <f t="array" ref="K18">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A18,' Emissões Atmosféricas'!$A19,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>406.73181712962963</v>
+        <v>6305.5892129629628</v>
       </c>
       <c r="L18" s="31" cm="1">
         <f t="array" ref="L18">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A18,' Emissões Atmosféricas'!$A19,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>57.425694444444446</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1.8183564814814814</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
       <c r="A19" s="30">
-        <v>46004</v>
+        <v>46035</v>
       </c>
       <c r="B19" s="31">
-        <v>111.12859953703703</v>
+        <v>113.91402777777778</v>
       </c>
       <c r="C19" s="31">
-        <v>120.41057870370371</v>
-[...2 lines deleted...]
-        <v>132.91359953703704</v>
+        <v>125.27712962962963</v>
+      </c>
+      <c r="D19" s="31" t="s">
+        <v>33</v>
       </c>
       <c r="E19" s="31">
-        <v>52.240196759259263</v>
+        <v>65.213402777777773</v>
       </c>
       <c r="F19" s="31">
-        <v>77.376030092592586</v>
+        <v>69.900671296296295</v>
       </c>
       <c r="G19" s="31">
-        <v>49.318541666666668</v>
+        <v>54.729374999999997</v>
       </c>
       <c r="H19" s="31">
-        <v>52.058819444444445</v>
+        <v>61.705185185185186</v>
       </c>
       <c r="I19" s="31">
-        <v>63.331935862700142</v>
+        <v>65.828773216318197</v>
       </c>
       <c r="J19" s="31">
-        <v>39.801550925925923</v>
+        <v>36.615555555555552</v>
       </c>
       <c r="K19" s="31" cm="1">
         <f t="array" ref="K19">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A19,' Emissões Atmosféricas'!$A20,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>92.843125000000001</v>
+        <v>7472.5046527777777</v>
       </c>
       <c r="L19" s="31" cm="1">
         <f t="array" ref="L19">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A19,' Emissões Atmosféricas'!$A20,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.90453703703703703</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
       <c r="A20" s="30">
-        <v>46005</v>
+        <v>46036</v>
       </c>
       <c r="B20" s="31">
-        <v>102.64893518518518</v>
+        <v>113.62238425925926</v>
       </c>
       <c r="C20" s="31">
-        <v>119.34844907407407</v>
+        <v>127.88797453703704</v>
       </c>
       <c r="D20" s="31">
-        <v>129.94203703703704</v>
+        <v>30.014386574074074</v>
       </c>
       <c r="E20" s="31">
-        <v>50.711516203703702</v>
+        <v>66.37946759259259</v>
       </c>
       <c r="F20" s="31">
-        <v>83.394687500000003</v>
+        <v>71.018888888888895</v>
       </c>
       <c r="G20" s="31">
-        <v>48.167199074074077</v>
+        <v>54.649085648148152</v>
       </c>
       <c r="H20" s="31">
-        <v>53.719560185185188</v>
+        <v>66.346701388888889</v>
       </c>
       <c r="I20" s="31">
-        <v>64.284668210700701</v>
+        <v>68.966216906264975</v>
       </c>
       <c r="J20" s="31">
-        <v>40.593402777777776</v>
+        <v>33.324074074074076</v>
       </c>
       <c r="K20" s="31" cm="1">
         <f t="array" ref="K20">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A20,' Emissões Atmosféricas'!$A21,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>108.84766203703704</v>
+        <v>7728.9023263888885</v>
       </c>
       <c r="L20" s="31" cm="1">
         <f t="array" ref="L20">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A20,' Emissões Atmosféricas'!$A21,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>3.8408101851851852</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.27671296296296294</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
       <c r="A21" s="30">
-        <v>46006</v>
+        <v>46037</v>
       </c>
       <c r="B21" s="31">
-        <v>99.718055555555551</v>
+        <v>114.45361111111112</v>
       </c>
       <c r="C21" s="31">
-        <v>118.79019675925926</v>
+        <v>127.45877314814815</v>
       </c>
       <c r="D21" s="31">
-        <v>129.54846064814814</v>
+        <v>13.785509259259259</v>
       </c>
       <c r="E21" s="31">
-        <v>47.858171296296298</v>
+        <v>63.013634259259263</v>
       </c>
       <c r="F21" s="31">
-        <v>67.496643518518525</v>
+        <v>64.056319444444441</v>
       </c>
       <c r="G21" s="31">
-        <v>47.779780092592596</v>
+        <v>54.593587962962964</v>
       </c>
       <c r="H21" s="31">
-        <v>56.909224537037034</v>
+        <v>62.233819444444443</v>
       </c>
       <c r="I21" s="31">
-        <v>65.07362248703285</v>
+        <v>66.201929689954824</v>
       </c>
       <c r="J21" s="31">
-        <v>34.25277777777778</v>
+        <v>87.052685185185183</v>
       </c>
       <c r="K21" s="31" cm="1">
         <f t="array" ref="K21">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A21,' Emissões Atmosféricas'!$A22,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>939.29873842592588</v>
+        <v>7568.6161574074076</v>
       </c>
       <c r="L21" s="31" cm="1">
         <f t="array" ref="L21">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A21,' Emissões Atmosféricas'!$A22,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>22.822812500000001</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.17569444444444443</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
       <c r="A22" s="30">
-        <v>46007</v>
+        <v>46038</v>
       </c>
       <c r="B22" s="31">
-        <v>94.663761574074073</v>
+        <v>94.86666666666666</v>
       </c>
       <c r="C22" s="31">
-        <v>127.98423611111112</v>
+        <v>125.52087962962963</v>
       </c>
       <c r="D22" s="31">
-        <v>137.80576388888889</v>
+        <v>13.216597222222223</v>
       </c>
       <c r="E22" s="31">
-        <v>45.717233796296298</v>
+        <v>59.736435185185186</v>
       </c>
       <c r="F22" s="31">
-        <v>67.165115740740745</v>
+        <v>78.222685185185185</v>
       </c>
       <c r="G22" s="31">
-        <v>50.026226851851852</v>
+        <v>53.501759259259259</v>
       </c>
       <c r="H22" s="31">
-        <v>49.740520833333335</v>
+        <v>60.504699074074075</v>
       </c>
       <c r="I22" s="31">
-        <v>64.388085059501506</v>
+        <v>66.663913187450831</v>
       </c>
       <c r="J22" s="31">
-        <v>29.82210648148148</v>
+        <v>52.11574074074074</v>
       </c>
       <c r="K22" s="31" cm="1">
         <f t="array" ref="K22">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A22,' Emissões Atmosféricas'!$A23,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>361.24237268518516</v>
+        <v>7863.5496296296296</v>
       </c>
       <c r="L22" s="31" cm="1">
         <f t="array" ref="L22">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A22,' Emissões Atmosféricas'!$A23,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>23.692812499999999</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.18888888888888888</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
       <c r="A23" s="30">
-        <v>46008</v>
+        <v>46039</v>
       </c>
       <c r="B23" s="31">
-        <v>93.653391203703706</v>
+        <v>90.524212962962963</v>
       </c>
       <c r="C23" s="31">
-        <v>126.59468750000001</v>
+        <v>118.71689814814815</v>
       </c>
       <c r="D23" s="31">
-        <v>142.54641203703704</v>
+        <v>9.6256712962962965</v>
       </c>
       <c r="E23" s="31">
-        <v>45.094120370370369</v>
+        <v>57.131828703703704</v>
       </c>
       <c r="F23" s="31">
-        <v>67.473159722222221</v>
+        <v>68.480833333333337</v>
       </c>
       <c r="G23" s="31">
-        <v>50.873622685185182</v>
+        <v>52.310439814814814</v>
       </c>
       <c r="H23" s="31">
-        <v>50.339108796296294</v>
+        <v>55.760694444444447</v>
       </c>
       <c r="I23" s="31">
-        <v>64.357057818615871</v>
+        <v>67.958172737050944</v>
       </c>
       <c r="J23" s="31">
-        <v>32.936967592592595</v>
+        <v>52.574074074074076</v>
       </c>
       <c r="K23" s="31" cm="1">
         <f t="array" ref="K23">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A23,' Emissões Atmosféricas'!$A24,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>29.09539351851852</v>
+        <v>8524.5560648148148</v>
       </c>
       <c r="L23" s="31" cm="1">
         <f t="array" ref="L23">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A23,' Emissões Atmosféricas'!$A24,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>32.468344907407406</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0.13472222222222222</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
       <c r="A24" s="30">
-        <v>46009</v>
+        <v>46040</v>
       </c>
       <c r="B24" s="31">
-        <v>94.385034722222215</v>
+        <v>89.947430555555556</v>
       </c>
       <c r="C24" s="31">
-        <v>124.33472222222223</v>
+        <v>122.980625</v>
       </c>
       <c r="D24" s="31">
-        <v>142.67284722222223</v>
+        <v>12.666388888888889</v>
       </c>
       <c r="E24" s="31">
-        <v>47.220671296296295</v>
+        <v>58.235439814814818</v>
       </c>
       <c r="F24" s="31">
-        <v>74.869201388888882</v>
+        <v>75.758541666666673</v>
       </c>
       <c r="G24" s="31">
-        <v>51.09097222222222</v>
+        <v>53.536157407407408</v>
       </c>
       <c r="H24" s="31">
-        <v>54.748900462962965</v>
+        <v>57.098379629629626</v>
       </c>
       <c r="I24" s="31">
-        <v>65.256280280572398</v>
+        <v>65.713330232302354</v>
       </c>
       <c r="J24" s="31">
-        <v>36.599594907407408</v>
+        <v>60.055231481481485</v>
       </c>
       <c r="K24" s="31" cm="1">
         <f t="array" ref="K24">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A24,' Emissões Atmosféricas'!$A25,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
+        <v>8780.2883101851858</v>
       </c>
       <c r="L24" s="31" cm="1">
         <f t="array" ref="L24">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A24,' Emissões Atmosféricas'!$A25,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>29.231226851851851</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6.9444444444444441E-3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
       <c r="A25" s="30">
-        <v>46010</v>
+        <v>46041</v>
       </c>
       <c r="B25" s="31">
-        <v>99.314664351851846</v>
+        <v>93.536643518518517</v>
       </c>
       <c r="C25" s="31">
-        <v>123.64844907407408</v>
+        <v>132.05082175925926</v>
       </c>
       <c r="D25" s="31">
-        <v>143.22282407407408</v>
+        <v>23.329699074074075</v>
       </c>
       <c r="E25" s="31">
-        <v>50.001840277777781</v>
+        <v>56.426134259259257</v>
       </c>
       <c r="F25" s="31">
-        <v>72.213356481481483</v>
+        <v>71.814097222222216</v>
       </c>
       <c r="G25" s="31">
-        <v>51.354780092592591</v>
+        <v>57.577083333333334</v>
       </c>
       <c r="H25" s="31">
-        <v>58.198842592592591</v>
+        <v>61.171689814814812</v>
       </c>
       <c r="I25" s="31">
-        <v>70.139656198996079</v>
+        <v>63.866461953233788</v>
       </c>
       <c r="J25" s="31">
-        <v>40.288483796296298</v>
+        <v>179.41407407407408</v>
       </c>
       <c r="K25" s="31" cm="1">
         <f t="array" ref="K25">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A25,' Emissões Atmosféricas'!$A26,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>736.62222222222226</v>
+        <v>8113.5846296296295</v>
       </c>
       <c r="L25" s="31" cm="1">
         <f t="array" ref="L25">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A25,' Emissões Atmosféricas'!$A26,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>13.965300925925925</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
       <c r="A26" s="30">
-        <v>46011</v>
+        <v>46042</v>
       </c>
       <c r="B26" s="31">
-        <v>100.22782407407408</v>
+        <v>92.097245370370374</v>
       </c>
       <c r="C26" s="31">
-        <v>124.19248842592593</v>
+        <v>101.85032407407408</v>
       </c>
       <c r="D26" s="31">
-        <v>132.9275462962963</v>
+        <v>19.976932870370369</v>
       </c>
       <c r="E26" s="31">
-        <v>49.838055555555556</v>
+        <v>59.3675</v>
       </c>
       <c r="F26" s="31">
-        <v>66.544074074074075</v>
+        <v>71.321250000000006</v>
       </c>
       <c r="G26" s="31">
-        <v>48.896076388888886</v>
+        <v>58.029143518518516</v>
       </c>
       <c r="H26" s="31">
-        <v>51.942523148148148</v>
+        <v>57.145844907407408</v>
       </c>
       <c r="I26" s="31">
-        <v>70.89292414762356</v>
+        <v>68.641631669821564</v>
       </c>
       <c r="J26" s="31">
-        <v>39.049016203703701</v>
+        <v>26.853993055555556</v>
       </c>
       <c r="K26" s="31" cm="1">
         <f t="array" ref="K26">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A26,' Emissões Atmosféricas'!$A27,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>995.14971064814813</v>
+        <v>7470.4604398148149</v>
       </c>
       <c r="L26" s="31" cm="1">
         <f t="array" ref="L26">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A26,' Emissões Atmosféricas'!$A27,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0.45833333333333331</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
       <c r="A27" s="30">
-        <v>46012</v>
+        <v>46043</v>
       </c>
       <c r="B27" s="31">
-        <v>96.82818287037037</v>
+        <v>93.816597222222228</v>
       </c>
       <c r="C27" s="31">
-        <v>124.26996527777777</v>
+        <v>120.98807870370371</v>
       </c>
       <c r="D27" s="31">
-        <v>133.32329861111111</v>
-[...5 lines deleted...]
-        <v>84.636053240740736</v>
+        <v>21.164652777777778</v>
+      </c>
+      <c r="E27" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="31" t="s">
+        <v>33</v>
       </c>
       <c r="G27" s="31">
-        <v>47.527939814814815</v>
+        <v>57.065925925925924</v>
       </c>
       <c r="H27" s="31">
-        <v>50.873379629629632</v>
+        <v>60.206134259259258</v>
       </c>
       <c r="I27" s="31">
-        <v>69.297842552132082</v>
+        <v>72.491005860346334</v>
       </c>
       <c r="J27" s="31">
-        <v>39.671956018518522</v>
+        <v>28.457407407407409</v>
       </c>
       <c r="K27" s="31" cm="1">
         <f t="array" ref="K27">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A27,' Emissões Atmosféricas'!$A28,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>1279.7718634259259</v>
+        <v>12242.131064814816</v>
       </c>
       <c r="L27" s="31" cm="1">
         <f t="array" ref="L27">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A27,' Emissões Atmosféricas'!$A28,"average (time-weighted)","time-weighted",0,1,0,"")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:12">
       <c r="A28" s="30">
-        <v>46013</v>
+        <v>46044</v>
       </c>
       <c r="B28" s="31">
-        <v>95.271400462962958</v>
+        <v>94.954282407407405</v>
       </c>
       <c r="C28" s="31">
-        <v>121.83087962962964</v>
+        <v>127.32240740740741</v>
       </c>
       <c r="D28" s="31">
-        <v>130.40482638888889</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>24.428310185185186</v>
+      </c>
+      <c r="E28" s="31">
+        <v>75.894560185185185</v>
       </c>
       <c r="F28" s="31">
-        <v>116.04238425925926</v>
+        <v>75.482662037037031</v>
       </c>
       <c r="G28" s="31">
-        <v>43.700648148148147</v>
+        <v>57.065300925925925</v>
       </c>
       <c r="H28" s="31">
-        <v>48.327569444444443</v>
+        <v>63.130810185185183</v>
       </c>
       <c r="I28" s="31">
-        <v>70.527693195607924</v>
+        <v>71.633574555891528</v>
       </c>
       <c r="J28" s="31">
-        <v>44.261921296296293</v>
+        <v>20.459050925925926</v>
       </c>
       <c r="K28" s="31" cm="1">
         <f t="array" ref="K28">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A28,' Emissões Atmosféricas'!$A29,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>1085.6992708333332</v>
+        <v>13332.923888888889</v>
       </c>
       <c r="L28" s="31" cm="1">
         <f t="array" ref="L28">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A28,' Emissões Atmosféricas'!$A29,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0.15277777777777779</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+        <v>2.7777777777777776E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12">
       <c r="A29" s="30">
-        <v>46014</v>
+        <v>46045</v>
       </c>
       <c r="B29" s="31">
-        <v>83.874305555555551</v>
+        <v>94.656898148148144</v>
       </c>
       <c r="C29" s="31">
-        <v>118.57491898148149</v>
+        <v>129.94386574074073</v>
       </c>
       <c r="D29" s="31">
-        <v>107.71160879629629</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>20.443425925925926</v>
+      </c>
+      <c r="E29" s="31">
+        <v>74.207106481481475</v>
       </c>
       <c r="F29" s="31">
-        <v>78.467685185185189</v>
+        <v>85.675740740740736</v>
       </c>
       <c r="G29" s="31">
-        <v>40.66765046296296</v>
+        <v>57.178912037037037</v>
       </c>
       <c r="H29" s="31">
-        <v>46.238564814814815</v>
+        <v>62.639328703703704</v>
       </c>
       <c r="I29" s="31">
-        <v>61.547310284905961</v>
+        <v>75.038428102246044</v>
       </c>
       <c r="J29" s="31">
-        <v>36.952326388888892</v>
+        <v>18.589560185185185</v>
       </c>
       <c r="K29" s="31" cm="1">
         <f t="array" ref="K29">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A29,' Emissões Atmosféricas'!$A30,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>962.64149305555554</v>
+        <v>38918.116597222222</v>
       </c>
       <c r="L29" s="31" cm="1">
         <f t="array" ref="L29">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A29,' Emissões Atmosféricas'!$A30,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>6.791666666666667</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+        <v>1185.3343749999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
       <c r="A30" s="30">
-        <v>46015</v>
+        <v>46046</v>
       </c>
       <c r="B30" s="31">
-        <v>83.655312499999994</v>
+        <v>96.833263888888894</v>
       </c>
       <c r="C30" s="31">
-        <v>120.08265046296296</v>
+        <v>120.8258449074074</v>
       </c>
       <c r="D30" s="31">
-        <v>119.27008101851852</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>18.416388888888889</v>
+      </c>
+      <c r="E30" s="31">
+        <v>73.651226851851845</v>
       </c>
       <c r="F30" s="31">
-        <v>82.268819444444446</v>
+        <v>94.953796296296289</v>
       </c>
       <c r="G30" s="31">
-        <v>47.226435185185188</v>
+        <v>56.095787037037034</v>
       </c>
       <c r="H30" s="31">
-        <v>49.910081018518518</v>
+        <v>63.124270833333334</v>
       </c>
       <c r="I30" s="31">
-        <v>53.214172226455474</v>
+        <v>77.987737017825793</v>
       </c>
       <c r="J30" s="31">
-        <v>38.237835648148149</v>
+        <v>14.261180555555555</v>
       </c>
       <c r="K30" s="31" cm="1">
         <f t="array" ref="K30">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A30,' Emissões Atmosféricas'!$A31,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>801.81291666666664</v>
+        <v>0</v>
       </c>
       <c r="L30" s="31" cm="1">
         <f t="array" ref="L30">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A30,' Emissões Atmosféricas'!$A31,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+        <v>36.729259259259258</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
       <c r="A31" s="30">
-        <v>46016</v>
+        <v>46047</v>
       </c>
       <c r="B31" s="31">
-        <v>91.881377314814813</v>
+        <v>95.185787037037031</v>
       </c>
       <c r="C31" s="31">
-        <v>124.93693287037037</v>
+        <v>109.66347222222223</v>
       </c>
       <c r="D31" s="31">
-        <v>133.92652777777778</v>
+        <v>23.377453703703704</v>
       </c>
       <c r="E31" s="31">
-        <v>70.78125</v>
+        <v>75.578263888888884</v>
       </c>
       <c r="F31" s="31">
-        <v>99.709826388888885</v>
+        <v>80.314305555555549</v>
       </c>
       <c r="G31" s="31">
-        <v>52.584560185185182</v>
+        <v>54.993958333333332</v>
       </c>
       <c r="H31" s="31">
-        <v>61.641793981481484</v>
+        <v>63.05972222222222</v>
       </c>
       <c r="I31" s="31">
-        <v>67.216298867155004</v>
+        <v>74.970144401656256</v>
       </c>
       <c r="J31" s="31">
-        <v>44.605347222222221</v>
+        <v>17.209976851851852</v>
       </c>
       <c r="K31" s="31" cm="1">
         <f t="array" ref="K31">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A31,' Emissões Atmosféricas'!$A32,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>993.94305555555559</v>
+        <v>0</v>
       </c>
       <c r="L31" s="31" cm="1">
         <f t="array" ref="L31">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A31,' Emissões Atmosféricas'!$A32,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+        <v>35.969861111111108</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
       <c r="A32" s="30">
-        <v>46017</v>
+        <v>46048</v>
       </c>
       <c r="B32" s="31">
-        <v>90.575891203703705</v>
+        <v>100.86576388888889</v>
       </c>
       <c r="C32" s="31">
-        <v>125.89383101851851</v>
+        <v>112.48631944444445</v>
       </c>
       <c r="D32" s="31">
-        <v>122.0112037037037</v>
+        <v>27.401782407407406</v>
       </c>
       <c r="E32" s="31">
-        <v>59.61662037037037</v>
+        <v>80.841967592592596</v>
       </c>
       <c r="F32" s="31">
-        <v>62.500231481481478</v>
+        <v>89.937800925925927</v>
       </c>
       <c r="G32" s="31">
-        <v>52.352777777777774</v>
+        <v>55.332638888888887</v>
       </c>
       <c r="H32" s="31">
-        <v>65.077650462962964</v>
+        <v>65.713009259259266</v>
       </c>
       <c r="I32" s="31">
-        <v>73.504569490132511</v>
+        <v>74.383457101892546</v>
       </c>
       <c r="J32" s="31">
-        <v>43.090601851851851</v>
+        <v>169.69983796296296</v>
       </c>
       <c r="K32" s="31" cm="1">
         <f t="array" ref="K32">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A32,' Emissões Atmosféricas'!$A33,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>2127.7414351851853</v>
+        <v>1.1064583333333333</v>
       </c>
       <c r="L32" s="31" cm="1">
         <f t="array" ref="L32">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A32,' Emissões Atmosféricas'!$A33,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>20.429861111111112</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" x14ac:dyDescent="0.35">
+        <v>34.610162037037036</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15">
       <c r="A33" s="30">
-        <v>46018</v>
+        <v>46049</v>
       </c>
       <c r="B33" s="31">
-        <v>89.352372685185188</v>
+        <v>93.627592592592592</v>
       </c>
       <c r="C33" s="31">
-        <v>122.81899305555555</v>
+        <v>112.76358796296296</v>
       </c>
       <c r="D33" s="31">
-        <v>102.27621527777778</v>
+        <v>23.469236111111112</v>
       </c>
       <c r="E33" s="31">
-        <v>56.85792824074074</v>
+        <v>85.772986111111109</v>
       </c>
       <c r="F33" s="31">
-        <v>65.263796296296292</v>
+        <v>90.109606481481478</v>
       </c>
       <c r="G33" s="31">
-        <v>50.697465277777781</v>
+        <v>55.124467592592595</v>
       </c>
       <c r="H33" s="31">
-        <v>74.539351851851848</v>
+        <v>63.935671296296299</v>
       </c>
       <c r="I33" s="31">
-        <v>71.237377843591901</v>
+        <v>72.524940423788848</v>
       </c>
       <c r="J33" s="31">
-        <v>44.074108796296294</v>
+        <v>32.201296296296299</v>
       </c>
       <c r="K33" s="31" cm="1">
         <f t="array" ref="K33">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A33,' Emissões Atmosféricas'!$A34,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>6649.451701388889</v>
+        <v>0.91506944444444449</v>
       </c>
       <c r="L33" s="31" cm="1">
         <f t="array" ref="L33">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A33,' Emissões Atmosféricas'!$A34,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>25.305173611111112</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:15" x14ac:dyDescent="0.35">
+        <v>31.905717592592591</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15">
       <c r="A34" s="30">
-        <v>46019</v>
+        <v>46050</v>
       </c>
       <c r="B34" s="31">
-        <v>97.1294212962963</v>
+        <v>101.54030092592592</v>
       </c>
       <c r="C34" s="31">
-        <v>123.88864583333333</v>
+        <v>97.279861111111117</v>
       </c>
       <c r="D34" s="31">
-        <v>93.492962962962963</v>
+        <v>8.9952546296296294</v>
       </c>
       <c r="E34" s="31">
-        <v>61.143182870370367</v>
+        <v>83.571296296296296</v>
       </c>
       <c r="F34" s="31">
-        <v>68.218518518518522</v>
+        <v>83.219120370370376</v>
       </c>
       <c r="G34" s="31">
-        <v>51.308946759259257</v>
+        <v>54.643541666666664</v>
       </c>
       <c r="H34" s="31">
-        <v>64.984722222222217</v>
+        <v>99.885763888888889</v>
       </c>
       <c r="I34" s="31">
-        <v>70.837970618671847</v>
+        <v>63.822627768781452</v>
       </c>
       <c r="J34" s="31">
-        <v>44.924317129629628</v>
+        <v>60.249317129629631</v>
       </c>
       <c r="K34" s="31" cm="1">
         <f t="array" ref="K34">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A34,' Emissões Atmosféricas'!$A35,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>394.63836805555553</v>
+        <v>4.5736574074074072</v>
       </c>
       <c r="L34" s="31" cm="1">
         <f t="array" ref="L34">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A34,' Emissões Atmosféricas'!$A35,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>38.970868055555556</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:15" x14ac:dyDescent="0.35">
+        <v>28.535532407407409</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15">
       <c r="A35" s="30">
-        <v>46020</v>
+        <v>46051</v>
       </c>
       <c r="B35" s="31">
-        <v>108.62995370370371</v>
+        <v>109.02314814814815</v>
       </c>
       <c r="C35" s="31">
-        <v>125.47748842592593</v>
+        <v>104.03020833333333</v>
       </c>
       <c r="D35" s="31">
-        <v>116.84907407407407</v>
+        <v>16.749768518518518</v>
       </c>
       <c r="E35" s="31">
-        <v>59.064421296296295</v>
+        <v>75.167384259259265</v>
       </c>
       <c r="F35" s="31">
-        <v>72.146527777777777</v>
+        <v>85.161087962962966</v>
       </c>
       <c r="G35" s="31">
-        <v>51.670219907407407</v>
+        <v>53.924837962962961</v>
       </c>
       <c r="H35" s="31">
-        <v>71.496446759259257</v>
+        <v>57.370671296296294</v>
       </c>
       <c r="I35" s="31">
-        <v>71.57287334433309</v>
+        <v>71.462494013221175</v>
       </c>
       <c r="J35" s="31">
-        <v>43.543553240740742</v>
+        <v>46.331967592592591</v>
       </c>
       <c r="K35" s="31" cm="1">
         <f t="array" ref="K35">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A35,' Emissões Atmosféricas'!$A36,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>2147.9879513888891</v>
+        <v>6.3096064814814818</v>
       </c>
       <c r="L35" s="31" cm="1">
         <f t="array" ref="L35">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A35,' Emissões Atmosféricas'!$A36,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>54.490370370370371</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:15" x14ac:dyDescent="0.35">
+        <v>41.299351851851853</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15">
       <c r="A36" s="30">
-        <v>46021</v>
+        <v>46052</v>
       </c>
       <c r="B36" s="31">
-        <v>113.60918981481481</v>
+        <v>106.15909722222223</v>
       </c>
       <c r="C36" s="31">
-        <v>124.33671296296296</v>
+        <v>118.04290509259259</v>
       </c>
       <c r="D36" s="31">
-        <v>111.53106481481481</v>
+        <v>10.140115740740741</v>
       </c>
       <c r="E36" s="31">
-        <v>57.22965277777778</v>
+        <v>70.02344907407408</v>
       </c>
       <c r="F36" s="31">
-        <v>64.229976851851845</v>
+        <v>90.117210648148145</v>
       </c>
       <c r="G36" s="31">
-        <v>51.360949074074071</v>
+        <v>53.598136574074076</v>
       </c>
       <c r="H36" s="31">
-        <v>57.512083333333337</v>
+        <v>55.010416666666664</v>
       </c>
       <c r="I36" s="31">
-        <v>70.317098992842219</v>
+        <v>74.008381096875226</v>
       </c>
       <c r="J36" s="31">
-        <v>43.825138888888887</v>
+        <v>49.626296296296296</v>
       </c>
       <c r="K36" s="31" cm="1">
         <f t="array" ref="K36">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A36,' Emissões Atmosféricas'!$A37,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>5148.5803935185186</v>
+        <v>5.6301388888888892</v>
       </c>
       <c r="L36" s="31" cm="1">
         <f t="array" ref="L36">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A36,' Emissões Atmosféricas'!$A37,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>94.530486111111117</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
+        <v>23.208634259259259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15">
       <c r="A37" s="30">
-        <v>46022</v>
+        <v>46053</v>
       </c>
       <c r="B37" s="31">
-        <v>111.37912037037037</v>
+        <v>101.37511574074074</v>
       </c>
       <c r="C37" s="31">
-        <v>123.40751157407408</v>
+        <v>110.80368055555556</v>
       </c>
       <c r="D37" s="31">
-        <v>104.611875</v>
+        <v>19.437453703703703</v>
       </c>
       <c r="E37" s="31">
-        <v>58.846365740740744</v>
+        <v>70.335787037037036</v>
       </c>
       <c r="F37" s="31">
-        <v>64.934560185185191</v>
+        <v>84.028796296296292</v>
       </c>
       <c r="G37" s="31">
-        <v>50.6355787037037</v>
+        <v>54.372754629629632</v>
       </c>
       <c r="H37" s="31">
-        <v>61.741608796296298</v>
+        <v>59.275856481481483</v>
       </c>
       <c r="I37" s="31">
-        <v>69.5623972358527</v>
+        <v>72.289548381522849</v>
       </c>
       <c r="J37" s="31">
-        <v>45.439050925925926</v>
+        <v>60.630740740740741</v>
       </c>
       <c r="K37" s="31" cm="1">
         <f t="array" ref="K37">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$K$3,' Emissões Atmosféricas'!$A37,' Emissões Atmosféricas'!$A38,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>4936.9914351851849</v>
+        <v>1.1428472222222221</v>
       </c>
       <c r="L37" s="31" cm="1">
         <f t="array" ref="L37">_xll.PIAdvCalcVal(' Emissões Atmosféricas'!$L$3,' Emissões Atmosféricas'!$A37,' Emissões Atmosféricas'!$A38,"average (time-weighted)","time-weighted",0,1,0,"")</f>
-        <v>78.024166666666673</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:15" x14ac:dyDescent="0.35">
+        <v>45.663032407407407</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15">
       <c r="A38" s="30">
-        <v>46023</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:15" x14ac:dyDescent="0.35">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15">
       <c r="A39" s="3"/>
     </row>
-    <row r="40" spans="1:15" ht="28.5" x14ac:dyDescent="0.65">
+    <row r="40" spans="1:15" ht="28.5">
       <c r="A40" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:15" x14ac:dyDescent="0.35">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15">
       <c r="A41" s="4"/>
       <c r="B41" s="5"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4"/>
       <c r="I41" s="4"/>
       <c r="J41" s="4"/>
       <c r="K41" s="4"/>
       <c r="L41" s="4"/>
       <c r="M41" s="4"/>
       <c r="N41" s="4"/>
       <c r="O41" s="4"/>
     </row>
-    <row r="42" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15">
       <c r="A42" s="4" t="s">
-        <v>105</v>
+        <v>35</v>
       </c>
       <c r="B42" s="5"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="4"/>
       <c r="J42" s="4"/>
       <c r="K42" s="4"/>
       <c r="L42" s="4"/>
       <c r="M42" s="4"/>
       <c r="N42" s="4"/>
       <c r="O42" s="4"/>
     </row>
-    <row r="43" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15">
       <c r="A43" s="4"/>
       <c r="B43" s="5"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
     </row>
-    <row r="44" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15">
       <c r="A44" s="4"/>
       <c r="B44" s="5"/>
       <c r="C44" s="4"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
       <c r="I44" s="4"/>
       <c r="J44" s="4"/>
       <c r="K44" s="4"/>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="4"/>
     </row>
-    <row r="45" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:15">
       <c r="A45" s="4"/>
       <c r="B45" s="5"/>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
       <c r="E45" s="4"/>
       <c r="F45" s="4"/>
       <c r="G45" s="4"/>
       <c r="H45" s="4"/>
       <c r="I45" s="4"/>
       <c r="J45" s="4"/>
       <c r="K45" s="4"/>
       <c r="L45" s="4"/>
       <c r="M45" s="4"/>
       <c r="N45" s="4"/>
       <c r="O45" s="4"/>
     </row>
-    <row r="46" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:15">
       <c r="A46" s="4"/>
       <c r="B46" s="5"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="4"/>
       <c r="H46" s="4"/>
       <c r="I46" s="4"/>
       <c r="J46" s="4"/>
       <c r="K46" s="4"/>
       <c r="L46" s="4"/>
       <c r="M46" s="4"/>
       <c r="N46" s="4"/>
       <c r="O46" s="4"/>
     </row>
-    <row r="47" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:15">
       <c r="A47" s="4"/>
       <c r="B47" s="5"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
       <c r="I47" s="4"/>
       <c r="J47" s="4"/>
       <c r="K47" s="4"/>
       <c r="L47" s="4"/>
       <c r="M47" s="4"/>
       <c r="N47" s="4"/>
       <c r="O47" s="4"/>
     </row>
-    <row r="48" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:15">
       <c r="A48" s="4"/>
       <c r="B48" s="5"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="4"/>
       <c r="H48" s="4"/>
       <c r="I48" s="4"/>
       <c r="J48" s="4"/>
       <c r="K48" s="4"/>
       <c r="L48" s="4"/>
       <c r="M48" s="4"/>
       <c r="N48" s="4"/>
       <c r="O48" s="4"/>
     </row>
-    <row r="49" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:15">
       <c r="A49" s="4"/>
       <c r="B49" s="5"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="4"/>
       <c r="J49" s="4"/>
       <c r="K49" s="4"/>
       <c r="L49" s="4"/>
       <c r="M49" s="4"/>
       <c r="N49" s="4"/>
       <c r="O49" s="4"/>
     </row>
-    <row r="50" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:15">
       <c r="A50" s="4"/>
       <c r="B50" s="5"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="4"/>
       <c r="H50" s="4"/>
       <c r="I50" s="4"/>
       <c r="J50" s="4"/>
       <c r="K50" s="4"/>
       <c r="L50" s="4"/>
       <c r="M50" s="4"/>
       <c r="N50" s="4"/>
       <c r="O50" s="4"/>
     </row>
-    <row r="51" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:15">
       <c r="A51" s="4"/>
       <c r="B51" s="5"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="4"/>
       <c r="H51" s="4"/>
       <c r="I51" s="4"/>
       <c r="J51" s="4"/>
       <c r="K51" s="4"/>
       <c r="L51" s="4"/>
       <c r="M51" s="4"/>
       <c r="N51" s="4"/>
       <c r="O51" s="4"/>
     </row>
-    <row r="52" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:15">
       <c r="A52" s="4"/>
       <c r="B52" s="5"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="4"/>
       <c r="H52" s="4"/>
       <c r="I52" s="4"/>
       <c r="J52" s="4"/>
       <c r="K52" s="4"/>
       <c r="L52" s="4"/>
       <c r="M52" s="4"/>
       <c r="N52" s="4"/>
       <c r="O52" s="4"/>
     </row>
-    <row r="53" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:15">
       <c r="A53" s="4"/>
       <c r="B53" s="5"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
       <c r="O53" s="4"/>
     </row>
-    <row r="54" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:15">
       <c r="A54" s="4"/>
       <c r="B54" s="5"/>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="4"/>
       <c r="H54" s="4"/>
       <c r="I54" s="4"/>
       <c r="J54" s="4"/>
       <c r="K54" s="4"/>
       <c r="L54" s="4"/>
       <c r="M54" s="4"/>
       <c r="N54" s="4"/>
       <c r="O54" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="K2:L2"/>
   </mergeCells>
   <phoneticPr fontId="22" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Planilha2"/>
   <dimension ref="B1:AE42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="Q37" sqref="Q36:Q39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="5.1796875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="11.1796875" customWidth="1"/>
+    <col min="1" max="1" width="5.140625" customWidth="1"/>
+    <col min="2" max="2" width="17.42578125" customWidth="1"/>
+    <col min="3" max="3" width="13.85546875" customWidth="1"/>
+    <col min="4" max="4" width="10.85546875" customWidth="1"/>
+    <col min="5" max="5" width="12.140625" customWidth="1"/>
+    <col min="6" max="6" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.140625" customWidth="1"/>
     <col min="9" max="9" width="12" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="13" customWidth="1"/>
-    <col min="12" max="12" width="12.7265625" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="31" max="31" width="13.26953125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="12.7109375" customWidth="1"/>
+    <col min="13" max="13" width="11.85546875" customWidth="1"/>
+    <col min="14" max="14" width="14.140625" customWidth="1"/>
+    <col min="15" max="15" width="11.85546875" customWidth="1"/>
+    <col min="16" max="16" width="18.140625" customWidth="1"/>
+    <col min="17" max="17" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="14.42578125" customWidth="1"/>
+    <col min="19" max="19" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="12.85546875" customWidth="1"/>
+    <col min="21" max="26" width="14.140625" customWidth="1"/>
+    <col min="27" max="27" width="11.42578125" customWidth="1"/>
+    <col min="28" max="29" width="14.140625" customWidth="1"/>
+    <col min="30" max="30" width="12.5703125" customWidth="1"/>
+    <col min="31" max="31" width="13.28515625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:31" ht="11.25" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:31" ht="11.25" customHeight="1"/>
+    <row r="2" spans="2:31" ht="15.75">
       <c r="B2" s="6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C2" s="6"/>
     </row>
-    <row r="3" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="2:31" ht="15.75">
       <c r="B3" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C3" s="6"/>
     </row>
-    <row r="4" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:31" ht="15.75">
       <c r="B4" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C4" s="6"/>
     </row>
-    <row r="5" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:31" ht="15.75">
       <c r="B5" s="6" t="s">
-        <v>106</v>
+        <v>39</v>
       </c>
       <c r="C5" s="6"/>
     </row>
-    <row r="6" spans="2:31" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="2:31">
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
     </row>
-    <row r="7" spans="2:31" s="37" customFormat="1" ht="78" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-      <c r="E7" s="34" t="s">
+    <row r="7" spans="2:31" s="32" customFormat="1" ht="78" customHeight="1">
+      <c r="B7" s="77" t="s">
         <v>40</v>
       </c>
-      <c r="F7" s="34" t="s">
+      <c r="C7" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="G7" s="35" t="s">
+      <c r="D7" s="79" t="s">
         <v>42</v>
       </c>
-      <c r="H7" s="34" t="s">
+      <c r="E7" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="I7" s="34" t="s">
+      <c r="F7" s="79" t="s">
         <v>44</v>
       </c>
-      <c r="J7" s="35" t="s">
+      <c r="G7" s="80" t="s">
         <v>45</v>
       </c>
-      <c r="K7" s="35" t="s">
+      <c r="H7" s="79" t="s">
         <v>46</v>
       </c>
-      <c r="L7" s="35" t="s">
+      <c r="I7" s="79" t="s">
         <v>47</v>
       </c>
-      <c r="M7" s="35" t="s">
+      <c r="J7" s="80" t="s">
         <v>48</v>
       </c>
-      <c r="N7" s="35" t="s">
+      <c r="K7" s="80" t="s">
         <v>49</v>
       </c>
-      <c r="O7" s="35" t="s">
+      <c r="L7" s="80" t="s">
         <v>50</v>
       </c>
-      <c r="P7" s="35" t="s">
+      <c r="M7" s="80" t="s">
         <v>51</v>
       </c>
-      <c r="Q7" s="35" t="s">
+      <c r="N7" s="80" t="s">
         <v>52</v>
       </c>
-      <c r="R7" s="35" t="s">
+      <c r="O7" s="80" t="s">
         <v>53</v>
       </c>
-      <c r="S7" s="35" t="s">
+      <c r="P7" s="80" t="s">
         <v>54</v>
       </c>
-      <c r="T7" s="35" t="s">
+      <c r="Q7" s="80" t="s">
         <v>55</v>
       </c>
-      <c r="U7" s="35" t="s">
+      <c r="R7" s="80" t="s">
         <v>56</v>
       </c>
-      <c r="V7" s="35" t="s">
+      <c r="S7" s="80" t="s">
         <v>57</v>
       </c>
-      <c r="W7" s="34" t="s">
+      <c r="T7" s="80" t="s">
         <v>58</v>
       </c>
-      <c r="X7" s="35" t="s">
+      <c r="U7" s="80" t="s">
         <v>59</v>
       </c>
-      <c r="Y7" s="34" t="s">
+      <c r="V7" s="80" t="s">
         <v>60</v>
       </c>
-      <c r="Z7" s="35" t="s">
+      <c r="W7" s="79" t="s">
         <v>61</v>
       </c>
-      <c r="AA7" s="35" t="s">
+      <c r="X7" s="80" t="s">
         <v>62</v>
       </c>
-      <c r="AB7" s="34" t="s">
+      <c r="Y7" s="79" t="s">
         <v>63</v>
       </c>
-      <c r="AC7" s="34" t="s">
+      <c r="Z7" s="80" t="s">
         <v>64</v>
       </c>
-      <c r="AD7" s="34" t="s">
+      <c r="AA7" s="80" t="s">
         <v>65</v>
       </c>
-      <c r="AE7" s="36" t="s">
+      <c r="AB7" s="79" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" s="69" t="s">
+      <c r="AC7" s="79" t="s">
         <v>67</v>
       </c>
-      <c r="C8" s="70" t="s">
+      <c r="AD7" s="79" t="s">
         <v>68</v>
       </c>
-      <c r="D8" s="71" t="s">
+      <c r="AE7" s="81" t="s">
         <v>69</v>
       </c>
-      <c r="E8" s="72" t="s">
+    </row>
+    <row r="8" spans="2:31" s="32" customFormat="1" ht="55.5" customHeight="1">
+      <c r="B8" s="92" t="s">
         <v>70</v>
       </c>
-      <c r="F8" s="71" t="s">
+      <c r="C8" s="66" t="s">
         <v>71</v>
       </c>
-      <c r="G8" s="71" t="s">
+      <c r="D8" s="67" t="s">
         <v>72</v>
       </c>
-      <c r="H8" s="73" t="s">
+      <c r="E8" s="68" t="s">
         <v>73</v>
       </c>
-      <c r="I8" s="71" t="s">
+      <c r="F8" s="67" t="s">
         <v>74</v>
       </c>
-      <c r="J8" s="74" t="s">
+      <c r="G8" s="67" t="s">
         <v>75</v>
       </c>
-      <c r="K8" s="73" t="s">
+      <c r="H8" s="69" t="s">
         <v>76</v>
       </c>
-      <c r="L8" s="75" t="s">
+      <c r="I8" s="67" t="s">
         <v>77</v>
       </c>
-      <c r="M8" s="75" t="s">
+      <c r="J8" s="70" t="s">
         <v>78</v>
       </c>
-      <c r="N8" s="75" t="s">
+      <c r="K8" s="69" t="s">
         <v>79</v>
       </c>
-      <c r="O8" s="76" t="s">
+      <c r="L8" s="71" t="s">
         <v>80</v>
       </c>
-      <c r="P8" s="76" t="s">
+      <c r="M8" s="71" t="s">
         <v>81</v>
       </c>
-      <c r="Q8" s="77" t="s">
+      <c r="N8" s="71" t="s">
         <v>82</v>
       </c>
-      <c r="R8" s="76" t="s">
+      <c r="O8" s="72" t="s">
         <v>83</v>
       </c>
-      <c r="S8" s="76" t="s">
+      <c r="P8" s="72" t="s">
         <v>84</v>
       </c>
-      <c r="T8" s="76" t="s">
+      <c r="Q8" s="73" t="s">
         <v>85</v>
       </c>
-      <c r="U8" s="76" t="s">
+      <c r="R8" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="S8" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="T8" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="U8" s="72" t="s">
+        <v>88</v>
+      </c>
+      <c r="V8" s="69" t="s">
+        <v>89</v>
+      </c>
+      <c r="W8" s="74" t="s">
+        <v>89</v>
+      </c>
+      <c r="X8" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y8" s="75" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z8" s="70" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA8" s="72" t="s">
+        <v>91</v>
+      </c>
+      <c r="AB8" s="70" t="s">
+        <v>92</v>
+      </c>
+      <c r="AC8" s="70" t="s">
+        <v>92</v>
+      </c>
+      <c r="AD8" s="70" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE8" s="76" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="9" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B9" s="89">
+        <v>46023</v>
+      </c>
+      <c r="C9" s="82">
+        <v>31.6</v>
+      </c>
+      <c r="D9" s="83">
+        <v>7.15</v>
+      </c>
+      <c r="E9" s="83">
+        <v>77.8</v>
+      </c>
+      <c r="F9" s="83">
+        <v>10</v>
+      </c>
+      <c r="G9" s="83" t="s">
+        <v>95</v>
+      </c>
+      <c r="H9" s="83">
+        <v>5.4</v>
+      </c>
+      <c r="I9" s="84">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J9" s="84">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="K9" s="83">
+        <v>0.4</v>
+      </c>
+      <c r="L9" s="83" t="s">
+        <v>96</v>
+      </c>
+      <c r="M9" s="83" t="s">
+        <v>96</v>
+      </c>
+      <c r="N9" s="83" t="s">
+        <v>97</v>
+      </c>
+      <c r="O9" s="83">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="P9" s="85">
+        <v>49</v>
+      </c>
+      <c r="Q9" s="86"/>
+      <c r="R9" s="86"/>
+      <c r="S9" s="86"/>
+      <c r="T9" s="86"/>
+      <c r="U9" s="86"/>
+      <c r="V9" s="86"/>
+      <c r="W9" s="86"/>
+      <c r="X9" s="86"/>
+      <c r="Y9" s="86"/>
+      <c r="Z9" s="86"/>
+      <c r="AA9" s="86"/>
+      <c r="AB9" s="87"/>
+      <c r="AC9" s="87"/>
+      <c r="AD9" s="87"/>
+      <c r="AE9" s="88"/>
+    </row>
+    <row r="10" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B10" s="90">
+        <v>46024</v>
+      </c>
+      <c r="C10" s="33">
+        <v>31.8</v>
+      </c>
+      <c r="D10" s="34">
+        <v>7.21</v>
+      </c>
+      <c r="E10" s="34">
+        <v>61.8</v>
+      </c>
+      <c r="F10" s="34">
+        <v>12</v>
+      </c>
+      <c r="G10" s="34" t="s">
+        <v>95</v>
+      </c>
+      <c r="H10" s="34">
+        <v>6.4</v>
+      </c>
+      <c r="I10" s="40">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J10" s="40">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K10" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="L10" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O10" s="34">
+        <v>0.54</v>
+      </c>
+      <c r="P10" s="37">
+        <v>49</v>
+      </c>
+      <c r="Q10" s="35"/>
+      <c r="R10" s="35"/>
+      <c r="S10" s="53"/>
+      <c r="T10" s="53"/>
+      <c r="U10" s="53"/>
+      <c r="V10" s="53"/>
+      <c r="W10" s="53"/>
+      <c r="X10" s="53"/>
+      <c r="Y10" s="53"/>
+      <c r="Z10" s="53"/>
+      <c r="AA10" s="35"/>
+      <c r="AB10" s="54"/>
+      <c r="AC10" s="54"/>
+      <c r="AD10" s="54"/>
+      <c r="AE10" s="55"/>
+    </row>
+    <row r="11" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B11" s="90">
+        <v>46025</v>
+      </c>
+      <c r="C11" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D11" s="34">
+        <v>7.19</v>
+      </c>
+      <c r="E11" s="34">
+        <v>71.400000000000006</v>
+      </c>
+      <c r="F11" s="34">
+        <v>12</v>
+      </c>
+      <c r="G11" s="34" t="s">
+        <v>98</v>
+      </c>
+      <c r="H11" s="34">
+        <v>5.9</v>
+      </c>
+      <c r="I11" s="40">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J11" s="40">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K11" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="L11" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O11" s="34">
+        <v>0.51</v>
+      </c>
+      <c r="P11" s="37">
+        <v>22</v>
+      </c>
+      <c r="Q11" s="35"/>
+      <c r="R11" s="35"/>
+      <c r="S11" s="53"/>
+      <c r="T11" s="53"/>
+      <c r="U11" s="53"/>
+      <c r="V11" s="53"/>
+      <c r="W11" s="53"/>
+      <c r="X11" s="53"/>
+      <c r="Y11" s="53"/>
+      <c r="Z11" s="53"/>
+      <c r="AA11" s="35"/>
+      <c r="AB11" s="54"/>
+      <c r="AC11" s="54"/>
+      <c r="AD11" s="54"/>
+      <c r="AE11" s="55"/>
+    </row>
+    <row r="12" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B12" s="90">
+        <v>46026</v>
+      </c>
+      <c r="C12" s="33">
+        <v>31.3</v>
+      </c>
+      <c r="D12" s="34">
+        <v>7.13</v>
+      </c>
+      <c r="E12" s="36">
+        <v>55</v>
+      </c>
+      <c r="F12" s="36">
+        <v>8</v>
+      </c>
+      <c r="G12" s="36">
+        <v>13</v>
+      </c>
+      <c r="H12" s="36">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I12" s="56">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="J12" s="56" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" s="36">
+        <v>0.5</v>
+      </c>
+      <c r="L12" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O12" s="34">
+        <v>0.61</v>
+      </c>
+      <c r="P12" s="37">
+        <v>49</v>
+      </c>
+      <c r="Q12" s="35"/>
+      <c r="R12" s="35"/>
+      <c r="S12" s="53"/>
+      <c r="T12" s="53"/>
+      <c r="U12" s="53"/>
+      <c r="V12" s="53"/>
+      <c r="W12" s="53"/>
+      <c r="X12" s="53"/>
+      <c r="Y12" s="53"/>
+      <c r="Z12" s="53"/>
+      <c r="AA12" s="35"/>
+      <c r="AB12" s="54"/>
+      <c r="AC12" s="54"/>
+      <c r="AD12" s="54"/>
+      <c r="AE12" s="55"/>
+    </row>
+    <row r="13" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B13" s="90">
+        <v>46027</v>
+      </c>
+      <c r="C13" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D13" s="34">
+        <v>7.29</v>
+      </c>
+      <c r="E13" s="36">
+        <v>70.2</v>
+      </c>
+      <c r="F13" s="36">
+        <v>15</v>
+      </c>
+      <c r="G13" s="36">
+        <v>10</v>
+      </c>
+      <c r="H13" s="34">
+        <v>10.8</v>
+      </c>
+      <c r="I13" s="40">
+        <v>0.01</v>
+      </c>
+      <c r="J13" s="40">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="K13" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L13" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O13" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="P13" s="37">
+        <v>22</v>
+      </c>
+      <c r="Q13" s="35"/>
+      <c r="R13" s="35"/>
+      <c r="S13" s="35"/>
+      <c r="T13" s="35"/>
+      <c r="U13" s="35"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="35"/>
+      <c r="Y13" s="35"/>
+      <c r="Z13" s="35"/>
+      <c r="AA13" s="35"/>
+      <c r="AB13" s="54"/>
+      <c r="AC13" s="54"/>
+      <c r="AD13" s="54"/>
+      <c r="AE13" s="55"/>
+    </row>
+    <row r="14" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B14" s="90">
+        <v>46028</v>
+      </c>
+      <c r="C14" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D14" s="34">
+        <v>7.25</v>
+      </c>
+      <c r="E14" s="34">
+        <v>72.599999999999994</v>
+      </c>
+      <c r="F14" s="34">
+        <v>11</v>
+      </c>
+      <c r="G14" s="34" t="s">
+        <v>98</v>
+      </c>
+      <c r="H14" s="34">
+        <v>6.4</v>
+      </c>
+      <c r="I14" s="40">
+        <v>1.2E-2</v>
+      </c>
+      <c r="J14" s="40">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K14" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L14" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O14" s="34">
+        <v>0.66</v>
+      </c>
+      <c r="P14" s="37">
+        <v>94</v>
+      </c>
+      <c r="Q14" s="35">
+        <v>1.6000000000000001E-4</v>
+      </c>
+      <c r="R14" s="35">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="S14" s="48">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="T14" s="48">
+        <v>4.3E-3</v>
+      </c>
+      <c r="U14" s="48" t="s">
+        <v>100</v>
+      </c>
+      <c r="V14" s="48">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="W14" s="48">
+        <v>0.22509999999999999</v>
+      </c>
+      <c r="X14" s="48">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="Y14" s="48" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z14" s="48">
+        <v>6.8999999999999997E-4</v>
+      </c>
+      <c r="AA14" s="35">
+        <v>0.2666</v>
+      </c>
+      <c r="AB14" s="54" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC14" s="54" t="s">
+        <v>102</v>
+      </c>
+      <c r="AD14" s="54" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE14" s="55" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B15" s="90">
+        <v>46029</v>
+      </c>
+      <c r="C15" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D15" s="34">
+        <v>7.36</v>
+      </c>
+      <c r="E15" s="34">
+        <v>86.2</v>
+      </c>
+      <c r="F15" s="34">
+        <v>18</v>
+      </c>
+      <c r="G15" s="34" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15" s="34">
+        <v>6.9</v>
+      </c>
+      <c r="I15" s="40">
+        <v>4.7E-2</v>
+      </c>
+      <c r="J15" s="40">
+        <v>1.9E-2</v>
+      </c>
+      <c r="K15" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L15" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M15" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N15" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O15" s="34">
+        <v>0.64</v>
+      </c>
+      <c r="P15" s="37">
+        <v>130</v>
+      </c>
+      <c r="Q15" s="35"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="48"/>
+      <c r="T15" s="48"/>
+      <c r="U15" s="48"/>
+      <c r="V15" s="48"/>
+      <c r="W15" s="48"/>
+      <c r="X15" s="48"/>
+      <c r="Y15" s="48"/>
+      <c r="Z15" s="48"/>
+      <c r="AA15" s="35"/>
+      <c r="AB15" s="54"/>
+      <c r="AC15" s="54"/>
+      <c r="AD15" s="54"/>
+      <c r="AE15" s="55"/>
+    </row>
+    <row r="16" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B16" s="90">
+        <v>46030</v>
+      </c>
+      <c r="C16" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D16" s="34">
+        <v>7.41</v>
+      </c>
+      <c r="E16" s="34">
+        <v>88.6</v>
+      </c>
+      <c r="F16" s="34">
+        <v>15</v>
+      </c>
+      <c r="G16" s="34">
+        <v>18</v>
+      </c>
+      <c r="H16" s="34">
+        <v>5.5</v>
+      </c>
+      <c r="I16" s="40">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="J16" s="40">
+        <v>2.4E-2</v>
+      </c>
+      <c r="K16" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L16" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M16" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N16" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O16" s="34">
+        <v>0.38</v>
+      </c>
+      <c r="P16" s="37">
+        <v>33</v>
+      </c>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="49"/>
+      <c r="T16" s="49"/>
+      <c r="U16" s="49"/>
+      <c r="V16" s="49"/>
+      <c r="W16" s="49"/>
+      <c r="X16" s="49"/>
+      <c r="Y16" s="49"/>
+      <c r="Z16" s="49"/>
+      <c r="AA16" s="35"/>
+      <c r="AB16" s="54"/>
+      <c r="AC16" s="54"/>
+      <c r="AD16" s="54"/>
+      <c r="AE16" s="55"/>
+    </row>
+    <row r="17" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B17" s="90">
+        <v>46031</v>
+      </c>
+      <c r="C17" s="33">
+        <v>31.7</v>
+      </c>
+      <c r="D17" s="34">
+        <v>7.38</v>
+      </c>
+      <c r="E17" s="34">
+        <v>94.7</v>
+      </c>
+      <c r="F17" s="36">
+        <v>23</v>
+      </c>
+      <c r="G17" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" s="34">
+        <v>9.9</v>
+      </c>
+      <c r="I17" s="40">
+        <v>0.01</v>
+      </c>
+      <c r="J17" s="40">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="K17" s="34">
+        <v>0.7</v>
+      </c>
+      <c r="L17" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M17" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="O17" s="34">
+        <v>0.72</v>
+      </c>
+      <c r="P17" s="37">
+        <v>79</v>
+      </c>
+      <c r="Q17" s="35"/>
+      <c r="R17" s="35"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="48"/>
+      <c r="U17" s="48"/>
+      <c r="V17" s="48"/>
+      <c r="W17" s="48"/>
+      <c r="X17" s="48"/>
+      <c r="Y17" s="48"/>
+      <c r="Z17" s="48"/>
+      <c r="AA17" s="35"/>
+      <c r="AB17" s="54"/>
+      <c r="AC17" s="54"/>
+      <c r="AD17" s="54"/>
+      <c r="AE17" s="55"/>
+    </row>
+    <row r="18" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B18" s="90">
+        <v>46032</v>
+      </c>
+      <c r="C18" s="33">
+        <v>31.7</v>
+      </c>
+      <c r="D18" s="34">
+        <v>7.28</v>
+      </c>
+      <c r="E18" s="34">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="F18" s="36">
+        <v>12</v>
+      </c>
+      <c r="G18" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H18" s="34">
+        <v>8.6</v>
+      </c>
+      <c r="I18" s="40">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="J18" s="40">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="K18" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L18" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M18" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N18" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O18" s="34">
+        <v>0.74</v>
+      </c>
+      <c r="P18" s="37">
+        <v>110</v>
+      </c>
+      <c r="Q18" s="35"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="48"/>
+      <c r="T18" s="48"/>
+      <c r="U18" s="48"/>
+      <c r="V18" s="48"/>
+      <c r="W18" s="48"/>
+      <c r="X18" s="48"/>
+      <c r="Y18" s="48"/>
+      <c r="Z18" s="48"/>
+      <c r="AA18" s="35"/>
+      <c r="AB18" s="54"/>
+      <c r="AC18" s="54"/>
+      <c r="AD18" s="54"/>
+      <c r="AE18" s="55"/>
+    </row>
+    <row r="19" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B19" s="90">
+        <v>46033</v>
+      </c>
+      <c r="C19" s="33">
+        <v>31.8</v>
+      </c>
+      <c r="D19" s="34">
+        <v>7.26</v>
+      </c>
+      <c r="E19" s="34">
+        <v>79</v>
+      </c>
+      <c r="F19" s="34">
+        <v>17</v>
+      </c>
+      <c r="G19" s="34" t="s">
+        <v>95</v>
+      </c>
+      <c r="H19" s="34">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="I19" s="40">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="J19" s="40">
+        <v>1.4E-2</v>
+      </c>
+      <c r="K19" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L19" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M19" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N19" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O19" s="34">
+        <v>0.71</v>
+      </c>
+      <c r="P19" s="37">
+        <v>26</v>
+      </c>
+      <c r="Q19" s="35"/>
+      <c r="R19" s="35"/>
+      <c r="S19" s="48"/>
+      <c r="T19" s="48"/>
+      <c r="U19" s="48"/>
+      <c r="V19" s="48"/>
+      <c r="W19" s="48"/>
+      <c r="X19" s="48"/>
+      <c r="Y19" s="48"/>
+      <c r="Z19" s="48"/>
+      <c r="AA19" s="35"/>
+      <c r="AB19" s="35"/>
+      <c r="AC19" s="35"/>
+      <c r="AD19" s="35"/>
+      <c r="AE19" s="55"/>
+    </row>
+    <row r="20" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B20" s="90">
+        <v>46034</v>
+      </c>
+      <c r="C20" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D20" s="34">
+        <v>7.18</v>
+      </c>
+      <c r="E20" s="34">
+        <v>59</v>
+      </c>
+      <c r="F20" s="34">
+        <v>12</v>
+      </c>
+      <c r="G20" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H20" s="34">
+        <v>5.8</v>
+      </c>
+      <c r="I20" s="40">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J20" s="40">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="K20" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L20" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M20" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N20" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O20" s="34">
+        <v>0.69</v>
+      </c>
+      <c r="P20" s="37">
+        <v>7.8</v>
+      </c>
+      <c r="Q20" s="35"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="35"/>
+      <c r="T20" s="35"/>
+      <c r="U20" s="35"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="35"/>
+      <c r="Y20" s="35"/>
+      <c r="Z20" s="35"/>
+      <c r="AA20" s="35"/>
+      <c r="AB20" s="54"/>
+      <c r="AC20" s="54"/>
+      <c r="AD20" s="54"/>
+      <c r="AE20" s="55"/>
+    </row>
+    <row r="21" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B21" s="90">
+        <v>46035</v>
+      </c>
+      <c r="C21" s="33">
+        <v>31.9</v>
+      </c>
+      <c r="D21" s="34">
+        <v>7.21</v>
+      </c>
+      <c r="E21" s="34">
+        <v>66.599999999999994</v>
+      </c>
+      <c r="F21" s="36">
+        <v>15</v>
+      </c>
+      <c r="G21" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H21" s="34">
+        <v>7</v>
+      </c>
+      <c r="I21" s="40">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J21" s="40">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="K21" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L21" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M21" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N21" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O21" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="P21" s="37">
+        <v>33</v>
+      </c>
+      <c r="Q21" s="35">
+        <v>1.8000000000000001E-4</v>
+      </c>
+      <c r="R21" s="35">
+        <v>0.01</v>
+      </c>
+      <c r="S21" s="48">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="T21" s="48">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="U21" s="48" t="s">
+        <v>104</v>
+      </c>
+      <c r="V21" s="48">
+        <v>5.3E-3</v>
+      </c>
+      <c r="W21" s="48">
+        <v>0.21510000000000001</v>
+      </c>
+      <c r="X21" s="48">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="Y21" s="48" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z21" s="48">
+        <v>4.2000000000000002E-4</v>
+      </c>
+      <c r="AA21" s="35">
+        <v>0.2732</v>
+      </c>
+      <c r="AB21" s="54"/>
+      <c r="AC21" s="54"/>
+      <c r="AD21" s="54"/>
+      <c r="AE21" s="55"/>
+    </row>
+    <row r="22" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B22" s="90">
+        <v>46036</v>
+      </c>
+      <c r="C22" s="33">
+        <v>31.8</v>
+      </c>
+      <c r="D22" s="38">
+        <v>7.2</v>
+      </c>
+      <c r="E22" s="36">
+        <v>66.2</v>
+      </c>
+      <c r="F22" s="36">
+        <v>8</v>
+      </c>
+      <c r="G22" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H22" s="34">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="I22" s="40">
+        <v>2E-3</v>
+      </c>
+      <c r="J22" s="40">
+        <v>1.6E-2</v>
+      </c>
+      <c r="K22" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="L22" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M22" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N22" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O22" s="34">
+        <v>0.36</v>
+      </c>
+      <c r="P22" s="37">
+        <v>110</v>
+      </c>
+      <c r="Q22" s="35"/>
+      <c r="R22" s="35"/>
+      <c r="S22" s="49"/>
+      <c r="T22" s="49"/>
+      <c r="U22" s="49"/>
+      <c r="V22" s="49"/>
+      <c r="W22" s="49"/>
+      <c r="X22" s="49"/>
+      <c r="Y22" s="49"/>
+      <c r="Z22" s="49"/>
+      <c r="AA22" s="35"/>
+      <c r="AB22" s="54"/>
+      <c r="AC22" s="54"/>
+      <c r="AD22" s="54"/>
+      <c r="AE22" s="55"/>
+    </row>
+    <row r="23" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B23" s="90">
+        <v>46037</v>
+      </c>
+      <c r="C23" s="33">
+        <v>31.7</v>
+      </c>
+      <c r="D23" s="34">
+        <v>7.34</v>
+      </c>
+      <c r="E23" s="38">
         <v>85</v>
       </c>
-      <c r="V8" s="73" t="s">
-[...34 lines deleted...]
-      <c r="C9" s="39">
+      <c r="F23" s="36">
+        <v>11</v>
+      </c>
+      <c r="G23" s="38" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23" s="34">
+        <v>10.1</v>
+      </c>
+      <c r="I23" s="40" t="s">
+        <v>105</v>
+      </c>
+      <c r="J23" s="40">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K23" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="L23" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M23" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N23" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O23" s="34">
+        <v>0.64</v>
+      </c>
+      <c r="P23" s="37">
+        <v>49</v>
+      </c>
+      <c r="Q23" s="35"/>
+      <c r="R23" s="35"/>
+      <c r="S23" s="49"/>
+      <c r="T23" s="49"/>
+      <c r="U23" s="49"/>
+      <c r="V23" s="49"/>
+      <c r="W23" s="49"/>
+      <c r="X23" s="49"/>
+      <c r="Y23" s="49"/>
+      <c r="Z23" s="49"/>
+      <c r="AA23" s="35"/>
+      <c r="AB23" s="54"/>
+      <c r="AC23" s="54"/>
+      <c r="AD23" s="54"/>
+      <c r="AE23" s="55"/>
+    </row>
+    <row r="24" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B24" s="90">
+        <v>46038</v>
+      </c>
+      <c r="C24" s="33">
+        <v>31.1</v>
+      </c>
+      <c r="D24" s="34">
+        <v>7.42</v>
+      </c>
+      <c r="E24" s="34">
+        <v>50.1</v>
+      </c>
+      <c r="F24" s="36">
+        <v>22</v>
+      </c>
+      <c r="G24" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H24" s="34">
+        <v>3.4</v>
+      </c>
+      <c r="I24" s="40">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="J24" s="40">
+        <v>1.4E-2</v>
+      </c>
+      <c r="K24" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="L24" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M24" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N24" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O24" s="34">
+        <v>0.46</v>
+      </c>
+      <c r="P24" s="37">
+        <v>49</v>
+      </c>
+      <c r="Q24" s="35"/>
+      <c r="R24" s="35"/>
+      <c r="S24" s="50"/>
+      <c r="T24" s="50"/>
+      <c r="U24" s="50"/>
+      <c r="V24" s="50"/>
+      <c r="W24" s="50"/>
+      <c r="X24" s="50"/>
+      <c r="Y24" s="50"/>
+      <c r="Z24" s="50"/>
+      <c r="AA24" s="35"/>
+      <c r="AB24" s="54"/>
+      <c r="AC24" s="54"/>
+      <c r="AD24" s="54"/>
+      <c r="AE24" s="55"/>
+    </row>
+    <row r="25" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B25" s="90">
+        <v>46039</v>
+      </c>
+      <c r="C25" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D25" s="34">
+        <v>7.43</v>
+      </c>
+      <c r="E25" s="34">
+        <v>50.5</v>
+      </c>
+      <c r="F25" s="36">
+        <v>20</v>
+      </c>
+      <c r="G25" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H25" s="34">
+        <v>6.9</v>
+      </c>
+      <c r="I25" s="40">
+        <v>2E-3</v>
+      </c>
+      <c r="J25" s="40">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="K25" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="L25" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M25" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N25" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O25" s="34">
+        <v>0.67</v>
+      </c>
+      <c r="P25" s="37">
+        <v>110</v>
+      </c>
+      <c r="Q25" s="35"/>
+      <c r="R25" s="35"/>
+      <c r="S25" s="50"/>
+      <c r="T25" s="50"/>
+      <c r="U25" s="50"/>
+      <c r="V25" s="50"/>
+      <c r="W25" s="50"/>
+      <c r="X25" s="50"/>
+      <c r="Y25" s="50"/>
+      <c r="Z25" s="50"/>
+      <c r="AA25" s="35"/>
+      <c r="AB25" s="54"/>
+      <c r="AC25" s="54"/>
+      <c r="AD25" s="54"/>
+      <c r="AE25" s="55"/>
+    </row>
+    <row r="26" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B26" s="90">
+        <v>46040</v>
+      </c>
+      <c r="C26" s="33">
+        <v>31.5</v>
+      </c>
+      <c r="D26" s="34">
+        <v>7.41</v>
+      </c>
+      <c r="E26" s="34">
+        <v>50.9</v>
+      </c>
+      <c r="F26" s="36">
+        <v>24</v>
+      </c>
+      <c r="G26" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H26" s="34">
+        <v>4.7</v>
+      </c>
+      <c r="I26" s="40">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J26" s="40">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="K26" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L26" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M26" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N26" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O26" s="34">
+        <v>0.66</v>
+      </c>
+      <c r="P26" s="37">
+        <v>220</v>
+      </c>
+      <c r="Q26" s="35"/>
+      <c r="R26" s="35"/>
+      <c r="S26" s="50"/>
+      <c r="T26" s="50"/>
+      <c r="U26" s="50"/>
+      <c r="V26" s="50"/>
+      <c r="W26" s="50"/>
+      <c r="X26" s="50"/>
+      <c r="Y26" s="50"/>
+      <c r="Z26" s="50"/>
+      <c r="AA26" s="35"/>
+      <c r="AB26" s="54"/>
+      <c r="AC26" s="54"/>
+      <c r="AD26" s="54"/>
+      <c r="AE26" s="55"/>
+    </row>
+    <row r="27" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B27" s="90">
+        <v>46041</v>
+      </c>
+      <c r="C27" s="33">
+        <v>31.3</v>
+      </c>
+      <c r="D27" s="34">
+        <v>7.18</v>
+      </c>
+      <c r="E27" s="34">
+        <v>60.9</v>
+      </c>
+      <c r="F27" s="36">
+        <v>26</v>
+      </c>
+      <c r="G27" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H27" s="34">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="I27" s="40">
+        <v>0.01</v>
+      </c>
+      <c r="J27" s="40">
+        <v>0.01</v>
+      </c>
+      <c r="K27" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L27" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M27" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N27" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O27" s="34">
+        <v>0.39</v>
+      </c>
+      <c r="P27" s="37">
+        <v>170</v>
+      </c>
+      <c r="Q27" s="35"/>
+      <c r="R27" s="35"/>
+      <c r="S27" s="35"/>
+      <c r="T27" s="35"/>
+      <c r="U27" s="35"/>
+      <c r="V27" s="35"/>
+      <c r="W27" s="35"/>
+      <c r="X27" s="35"/>
+      <c r="Y27" s="35"/>
+      <c r="Z27" s="35"/>
+      <c r="AA27" s="35"/>
+      <c r="AB27" s="35"/>
+      <c r="AC27" s="35"/>
+      <c r="AD27" s="35"/>
+      <c r="AE27" s="55"/>
+    </row>
+    <row r="28" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B28" s="90">
+        <v>46042</v>
+      </c>
+      <c r="C28" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D28" s="34">
+        <v>7.18</v>
+      </c>
+      <c r="E28" s="34">
+        <v>55.4</v>
+      </c>
+      <c r="F28" s="36">
+        <v>19</v>
+      </c>
+      <c r="G28" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H28" s="34">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I28" s="40">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J28" s="40">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="K28" s="34">
+        <v>0.3</v>
+      </c>
+      <c r="L28" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M28" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N28" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O28" s="34">
+        <v>0.61</v>
+      </c>
+      <c r="P28" s="37">
+        <v>23</v>
+      </c>
+      <c r="Q28" s="35">
+        <v>1.7000000000000001E-4</v>
+      </c>
+      <c r="R28" s="35" t="s">
+        <v>99</v>
+      </c>
+      <c r="S28" s="50">
+        <v>0.17</v>
+      </c>
+      <c r="T28" s="50">
+        <v>3.5999999999999999E-3</v>
+      </c>
+      <c r="U28" s="50">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="V28" s="50">
+        <v>9.2999999999999992E-3</v>
+      </c>
+      <c r="W28" s="50">
+        <v>0.28499999999999998</v>
+      </c>
+      <c r="X28" s="50">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="Y28" s="50" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z28" s="50">
+        <v>8.1999999999999998E-4</v>
+      </c>
+      <c r="AA28" s="35">
+        <v>0.38040000000000002</v>
+      </c>
+      <c r="AB28" s="54"/>
+      <c r="AC28" s="54"/>
+      <c r="AD28" s="54"/>
+      <c r="AE28" s="55"/>
+    </row>
+    <row r="29" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B29" s="90">
+        <v>46043</v>
+      </c>
+      <c r="C29" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D29" s="34">
+        <v>7.13</v>
+      </c>
+      <c r="E29" s="34">
+        <v>81</v>
+      </c>
+      <c r="F29" s="34">
+        <v>30</v>
+      </c>
+      <c r="G29" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H29" s="34">
+        <v>6.5</v>
+      </c>
+      <c r="I29" s="40">
+        <v>2.7E-2</v>
+      </c>
+      <c r="J29" s="40">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="K29" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L29" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M29" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N29" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O29" s="34">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="P29" s="37">
+        <v>170</v>
+      </c>
+      <c r="Q29" s="35"/>
+      <c r="R29" s="35"/>
+      <c r="S29" s="51"/>
+      <c r="T29" s="51"/>
+      <c r="U29" s="51"/>
+      <c r="V29" s="51"/>
+      <c r="W29" s="51"/>
+      <c r="X29" s="51"/>
+      <c r="Y29" s="51"/>
+      <c r="Z29" s="51"/>
+      <c r="AA29" s="35"/>
+      <c r="AB29" s="54"/>
+      <c r="AC29" s="54"/>
+      <c r="AD29" s="54"/>
+      <c r="AE29" s="55"/>
+    </row>
+    <row r="30" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B30" s="90">
+        <v>46044</v>
+      </c>
+      <c r="C30" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D30" s="34">
+        <v>7.36</v>
+      </c>
+      <c r="E30" s="34">
+        <v>59.4</v>
+      </c>
+      <c r="F30" s="34">
+        <v>24</v>
+      </c>
+      <c r="G30" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H30" s="34">
+        <v>10.3</v>
+      </c>
+      <c r="I30" s="40">
+        <v>1.2E-2</v>
+      </c>
+      <c r="J30" s="40">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="K30" s="34">
+        <v>0.3</v>
+      </c>
+      <c r="L30" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M30" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N30" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O30" s="34">
+        <v>0.61</v>
+      </c>
+      <c r="P30" s="37">
+        <v>17</v>
+      </c>
+      <c r="Q30" s="35"/>
+      <c r="R30" s="35"/>
+      <c r="S30" s="51"/>
+      <c r="T30" s="51"/>
+      <c r="U30" s="51"/>
+      <c r="V30" s="51"/>
+      <c r="W30" s="51"/>
+      <c r="X30" s="51"/>
+      <c r="Y30" s="51"/>
+      <c r="Z30" s="51"/>
+      <c r="AA30" s="35"/>
+      <c r="AB30" s="54"/>
+      <c r="AC30" s="54"/>
+      <c r="AD30" s="54"/>
+      <c r="AE30" s="55"/>
+    </row>
+    <row r="31" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B31" s="90">
+        <v>46045</v>
+      </c>
+      <c r="C31" s="33">
         <v>31.7</v>
       </c>
-      <c r="D9" s="40">
-[...58 lines deleted...]
-      <c r="C10" s="43">
+      <c r="D31" s="39">
+        <v>7.52</v>
+      </c>
+      <c r="E31" s="34">
+        <v>161.6</v>
+      </c>
+      <c r="F31" s="34">
+        <v>8</v>
+      </c>
+      <c r="G31" s="34" t="s">
+        <v>98</v>
+      </c>
+      <c r="H31" s="34">
+        <v>10.7</v>
+      </c>
+      <c r="I31" s="40">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="J31" s="40">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="K31" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L31" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M31" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N31" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O31" s="34">
+        <v>0.44</v>
+      </c>
+      <c r="P31" s="37">
+        <v>70</v>
+      </c>
+      <c r="Q31" s="35"/>
+      <c r="R31" s="35"/>
+      <c r="S31" s="52"/>
+      <c r="T31" s="52"/>
+      <c r="U31" s="52"/>
+      <c r="V31" s="52"/>
+      <c r="W31" s="52"/>
+      <c r="X31" s="52"/>
+      <c r="Y31" s="52"/>
+      <c r="Z31" s="52"/>
+      <c r="AA31" s="35"/>
+      <c r="AB31" s="54"/>
+      <c r="AC31" s="54"/>
+      <c r="AD31" s="54"/>
+      <c r="AE31" s="55"/>
+    </row>
+    <row r="32" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B32" s="90">
+        <v>46046</v>
+      </c>
+      <c r="C32" s="33">
+        <v>31.6</v>
+      </c>
+      <c r="D32" s="39">
+        <v>7.39</v>
+      </c>
+      <c r="E32" s="34">
+        <v>114.7</v>
+      </c>
+      <c r="F32" s="36">
+        <v>8</v>
+      </c>
+      <c r="G32" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H32" s="34">
+        <v>17.7</v>
+      </c>
+      <c r="I32" s="40">
+        <v>0.01</v>
+      </c>
+      <c r="J32" s="40">
+        <v>1.4E-2</v>
+      </c>
+      <c r="K32" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L32" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M32" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N32" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O32" s="34">
+        <v>0.34</v>
+      </c>
+      <c r="P32" s="37">
+        <v>12</v>
+      </c>
+      <c r="Q32" s="35"/>
+      <c r="R32" s="35"/>
+      <c r="S32" s="50"/>
+      <c r="T32" s="50"/>
+      <c r="U32" s="50"/>
+      <c r="V32" s="50"/>
+      <c r="W32" s="50"/>
+      <c r="X32" s="50"/>
+      <c r="Y32" s="50"/>
+      <c r="Z32" s="50"/>
+      <c r="AA32" s="35"/>
+      <c r="AB32" s="54"/>
+      <c r="AC32" s="54"/>
+      <c r="AD32" s="54"/>
+      <c r="AE32" s="55"/>
+    </row>
+    <row r="33" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B33" s="90">
+        <v>46047</v>
+      </c>
+      <c r="C33" s="33">
         <v>31.9</v>
       </c>
-      <c r="D10" s="44">
-[...5 lines deleted...]
-      <c r="F10" s="44">
+      <c r="D33" s="39">
+        <v>7.31</v>
+      </c>
+      <c r="E33" s="34">
+        <v>124.4</v>
+      </c>
+      <c r="F33" s="36">
+        <v>13</v>
+      </c>
+      <c r="G33" s="36" t="s">
+        <v>98</v>
+      </c>
+      <c r="H33" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="I33" s="40">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="J33" s="40">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="K33" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L33" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M33" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N33" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O33" s="34">
+        <v>0.51</v>
+      </c>
+      <c r="P33" s="37">
+        <v>23</v>
+      </c>
+      <c r="Q33" s="35"/>
+      <c r="R33" s="35"/>
+      <c r="S33" s="50"/>
+      <c r="T33" s="50"/>
+      <c r="U33" s="50"/>
+      <c r="V33" s="50"/>
+      <c r="W33" s="50"/>
+      <c r="X33" s="50"/>
+      <c r="Y33" s="50"/>
+      <c r="Z33" s="50"/>
+      <c r="AA33" s="35"/>
+      <c r="AB33" s="54"/>
+      <c r="AC33" s="54"/>
+      <c r="AD33" s="54"/>
+      <c r="AE33" s="55"/>
+    </row>
+    <row r="34" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B34" s="90">
+        <v>46048</v>
+      </c>
+      <c r="C34" s="33">
+        <v>31.7</v>
+      </c>
+      <c r="D34" s="39">
+        <v>7.28</v>
+      </c>
+      <c r="E34" s="34">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="F34" s="34">
         <v>9</v>
       </c>
-      <c r="G10" s="44">
+      <c r="G34" s="34" t="s">
+        <v>98</v>
+      </c>
+      <c r="H34" s="34">
+        <v>11.6</v>
+      </c>
+      <c r="I34" s="40">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="J34" s="40">
+        <v>0.02</v>
+      </c>
+      <c r="K34" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L34" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M34" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N34" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O34" s="34">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="P34" s="37">
+        <v>11</v>
+      </c>
+      <c r="Q34" s="35"/>
+      <c r="R34" s="35"/>
+      <c r="S34" s="35"/>
+      <c r="T34" s="35"/>
+      <c r="U34" s="35"/>
+      <c r="V34" s="35"/>
+      <c r="W34" s="35"/>
+      <c r="X34" s="35"/>
+      <c r="Y34" s="35"/>
+      <c r="Z34" s="35"/>
+      <c r="AA34" s="35"/>
+      <c r="AB34" s="54"/>
+      <c r="AC34" s="54"/>
+      <c r="AD34" s="54"/>
+      <c r="AE34" s="55"/>
+    </row>
+    <row r="35" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B35" s="90">
+        <v>46049</v>
+      </c>
+      <c r="C35" s="33">
+        <v>31.8</v>
+      </c>
+      <c r="D35" s="39">
+        <v>7.27</v>
+      </c>
+      <c r="E35" s="39">
+        <v>87.4</v>
+      </c>
+      <c r="F35" s="39">
+        <v>9</v>
+      </c>
+      <c r="G35" s="39" t="s">
+        <v>98</v>
+      </c>
+      <c r="H35" s="34">
+        <v>8.6</v>
+      </c>
+      <c r="I35" s="40">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="J35" s="40">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="K35" s="34">
+        <v>0.3</v>
+      </c>
+      <c r="L35" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M35" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N35" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="O35" s="34">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="P35" s="37">
+        <v>23</v>
+      </c>
+      <c r="Q35" s="35" t="s">
+        <v>106</v>
+      </c>
+      <c r="R35" s="35">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="S35" s="57">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="T35" s="57" t="s">
+        <v>107</v>
+      </c>
+      <c r="U35" s="57" t="s">
+        <v>108</v>
+      </c>
+      <c r="V35" s="57">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="W35" s="57">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="X35" s="57">
+        <v>0.09</v>
+      </c>
+      <c r="Y35" s="57" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z35" s="57">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AA35" s="35">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AB35" s="54"/>
+      <c r="AC35" s="54"/>
+      <c r="AD35" s="54"/>
+      <c r="AE35" s="55"/>
+    </row>
+    <row r="36" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B36" s="90">
+        <v>46050</v>
+      </c>
+      <c r="C36" s="33">
+        <v>31.8</v>
+      </c>
+      <c r="D36" s="39">
+        <v>7.31</v>
+      </c>
+      <c r="E36" s="39">
+        <v>74.2</v>
+      </c>
+      <c r="F36" s="39">
         <v>12</v>
       </c>
-      <c r="H10" s="44">
-[...8 lines deleted...]
-      <c r="K10" s="44">
+      <c r="G36" s="36">
+        <v>12</v>
+      </c>
+      <c r="H36" s="34">
+        <v>10.6</v>
+      </c>
+      <c r="I36" s="40">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J36" s="40">
+        <v>1.9E-2</v>
+      </c>
+      <c r="K36" s="34">
         <v>0.3</v>
       </c>
-      <c r="L10" s="44" t="s">
-[...47 lines deleted...]
-      <c r="AB10" s="90" t="s">
+      <c r="L36" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M36" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N36" s="34" t="s">
         <v>97</v>
       </c>
-      <c r="AC10" s="90" t="s">
+      <c r="O36" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="P36" s="37">
+        <v>6.8</v>
+      </c>
+      <c r="Q36" s="35"/>
+      <c r="R36" s="35"/>
+      <c r="S36" s="35"/>
+      <c r="T36" s="35"/>
+      <c r="U36" s="35"/>
+      <c r="V36" s="35"/>
+      <c r="W36" s="35"/>
+      <c r="X36" s="35"/>
+      <c r="Y36" s="35"/>
+      <c r="Z36" s="35"/>
+      <c r="AA36" s="35"/>
+      <c r="AB36" s="54"/>
+      <c r="AC36" s="54"/>
+      <c r="AD36" s="54"/>
+      <c r="AE36" s="55"/>
+    </row>
+    <row r="37" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B37" s="90">
+        <v>46051</v>
+      </c>
+      <c r="C37" s="33">
+        <v>31.7</v>
+      </c>
+      <c r="D37" s="39">
+        <v>7.15</v>
+      </c>
+      <c r="E37" s="39">
+        <v>78.2</v>
+      </c>
+      <c r="F37" s="39">
+        <v>12</v>
+      </c>
+      <c r="G37" s="39">
+        <v>14</v>
+      </c>
+      <c r="H37" s="34">
+        <v>9.6</v>
+      </c>
+      <c r="I37" s="40" t="s">
+        <v>105</v>
+      </c>
+      <c r="J37" s="40">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="K37" s="34">
+        <v>0.4</v>
+      </c>
+      <c r="L37" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M37" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N37" s="34" t="s">
         <v>97</v>
       </c>
-      <c r="AD10" s="90" t="s">
+      <c r="O37" s="34">
+        <v>0.46</v>
+      </c>
+      <c r="P37" s="37">
+        <v>790</v>
+      </c>
+      <c r="Q37" s="35"/>
+      <c r="R37" s="35"/>
+      <c r="S37" s="35"/>
+      <c r="T37" s="35"/>
+      <c r="U37" s="35"/>
+      <c r="V37" s="35"/>
+      <c r="W37" s="35"/>
+      <c r="X37" s="35"/>
+      <c r="Y37" s="35"/>
+      <c r="Z37" s="35"/>
+      <c r="AA37" s="35"/>
+      <c r="AB37" s="54"/>
+      <c r="AC37" s="54"/>
+      <c r="AD37" s="54"/>
+      <c r="AE37" s="55"/>
+    </row>
+    <row r="38" spans="2:31" s="32" customFormat="1" ht="16.5">
+      <c r="B38" s="90">
+        <v>46052</v>
+      </c>
+      <c r="C38" s="33">
+        <v>31.5</v>
+      </c>
+      <c r="D38" s="39">
+        <v>7.09</v>
+      </c>
+      <c r="E38" s="39">
+        <v>73</v>
+      </c>
+      <c r="F38" s="39">
+        <v>11</v>
+      </c>
+      <c r="G38" s="39">
+        <v>22</v>
+      </c>
+      <c r="H38" s="34">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I38" s="40">
+        <v>2E-3</v>
+      </c>
+      <c r="J38" s="40">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="K38" s="34">
+        <v>0.6</v>
+      </c>
+      <c r="L38" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="M38" s="34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N38" s="34" t="s">
         <v>97</v>
       </c>
-      <c r="AE10" s="91" t="s">
+      <c r="O38" s="34">
+        <v>0.48</v>
+      </c>
+      <c r="P38" s="37">
+        <v>230</v>
+      </c>
+      <c r="Q38" s="35"/>
+      <c r="R38" s="35"/>
+      <c r="S38" s="35"/>
+      <c r="T38" s="35"/>
+      <c r="U38" s="35"/>
+      <c r="V38" s="35"/>
+      <c r="W38" s="35"/>
+      <c r="X38" s="35"/>
+      <c r="Y38" s="35"/>
+      <c r="Z38" s="35"/>
+      <c r="AA38" s="35"/>
+      <c r="AB38" s="54"/>
+      <c r="AC38" s="54"/>
+      <c r="AD38" s="54"/>
+      <c r="AE38" s="55"/>
+    </row>
+    <row r="39" spans="2:31" s="45" customFormat="1" ht="15.75">
+      <c r="B39" s="91">
+        <v>46053</v>
+      </c>
+      <c r="C39" s="41">
+        <v>31.6</v>
+      </c>
+      <c r="D39" s="42">
+        <v>7.19</v>
+      </c>
+      <c r="E39" s="42">
+        <v>71</v>
+      </c>
+      <c r="F39" s="42">
+        <v>16</v>
+      </c>
+      <c r="G39" s="43">
+        <v>16</v>
+      </c>
+      <c r="H39" s="43">
+        <v>9</v>
+      </c>
+      <c r="I39" s="58" t="s">
+        <v>105</v>
+      </c>
+      <c r="J39" s="58">
+        <v>1.4E-2</v>
+      </c>
+      <c r="K39" s="42">
+        <v>0.5</v>
+      </c>
+      <c r="L39" s="43" t="s">
+        <v>96</v>
+      </c>
+      <c r="M39" s="43">
+        <v>5.7</v>
+      </c>
+      <c r="N39" s="43" t="s">
         <v>97</v>
       </c>
-    </row>
-[...1890 lines deleted...]
-    <row r="41" spans="2:31" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="O39" s="44">
+        <v>0.52</v>
+      </c>
+      <c r="P39" s="59">
+        <v>79</v>
+      </c>
+      <c r="Q39" s="60"/>
+      <c r="R39" s="60"/>
+      <c r="S39" s="60"/>
+      <c r="T39" s="60"/>
+      <c r="U39" s="60"/>
+      <c r="V39" s="60"/>
+      <c r="W39" s="60"/>
+      <c r="X39" s="60"/>
+      <c r="Y39" s="60"/>
+      <c r="Z39" s="60"/>
+      <c r="AA39" s="60"/>
+      <c r="AB39" s="60"/>
+      <c r="AC39" s="60"/>
+      <c r="AD39" s="60"/>
+      <c r="AE39" s="61"/>
+    </row>
+    <row r="40" spans="2:31" ht="15.75">
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+    </row>
+    <row r="41" spans="2:31" ht="15.75">
       <c r="B41" s="8" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C41" s="8"/>
     </row>
-    <row r="42" spans="2:31" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="O42" s="58"/>
+    <row r="42" spans="2:31" ht="35.25" customHeight="1">
+      <c r="B42" s="65"/>
+      <c r="C42" s="65"/>
+      <c r="D42" s="65"/>
+      <c r="E42" s="65"/>
+      <c r="F42" s="65"/>
+      <c r="G42" s="65"/>
+      <c r="H42" s="65"/>
+      <c r="I42" s="65"/>
+      <c r="J42" s="65"/>
+      <c r="K42" s="65"/>
+      <c r="L42" s="65"/>
+      <c r="M42" s="65"/>
+      <c r="N42" s="47"/>
+      <c r="O42" s="47"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B42:M42"/>
   </mergeCells>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
@@ -6173,111 +6133,73 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D387883E-AAF4-4F93-8F2F-F4491312B9A0}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D387883E-AAF4-4F93-8F2F-F4491312B9A0}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1889A0B-A129-415E-AEB3-E036095E14BF}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1889A0B-A129-415E-AEB3-E036095E14BF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA4CCF19-B1BA-4376-8AEE-C2E5984278A5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ECEBFAE-FD8D-49F1-B06F-A55D2D4C399C}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{8e61996e-cafd-4c9a-8a94-2dc1b82131ae}" enabled="1" method="Standard" siteId="{5b6f6241-9a57-4be4-8e50-1dfa72e79a57}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...17 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Teste</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8e61996e-cafd-4c9a-8a94-2dc1b82131ae_Enabled">
     <vt:lpwstr>True</vt:lpwstr>
   </property>